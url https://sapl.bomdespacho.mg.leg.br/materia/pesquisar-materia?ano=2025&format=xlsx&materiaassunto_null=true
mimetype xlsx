--- v0 (2025-12-20)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4950" uniqueCount="2424">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5062" uniqueCount="2475">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -6094,50 +6094,179 @@
     <t>Indica-se ao Prefeito e à Secretaria competente a elaboração e execução de um projeto de arborização adequado para a praça localizada no  bairro Geraldo Cesário II, contemplando o plantio de espécies arbóreas compatíveis com o ambiente urbano e a implementação de um plano de manutenção que inclua sistema de irrigação.</t>
   </si>
   <si>
     <t>6148</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6148/indicacao_478-2025.pdf</t>
   </si>
   <si>
     <t>Indica-se ao Prefeito e à Secretaria competente a instalação de placas indicativas nas vias públicas em que o uso do cartão de estacionamento rotativo é obrigatório, bem como a devida sinalização dos pontos de venda desses cartões, de forma clara e visível aos usuários. Indica-se, ainda, a realização de estudo técnico visando à implantação de um sistema rotativo digital, que permita maior controle, praticidade e transparência na utilização das vagas de estacionamento regulamentado no município.</t>
   </si>
   <si>
     <t>6149</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6149/indicacao_479-2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que determine ao setor competente a realização de operação tapa-buracos na Avenida Piraquara, localizada no bairro Babilônia, com o objetivo de restaurar as condições de trafegabilidade e garantir mais segurança aos motoristas e pedestres que utilizam a via.</t>
+  </si>
+  <si>
+    <t>6161</t>
+  </si>
+  <si>
+    <t>480</t>
+  </si>
+  <si>
+    <t>https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6161/indicacao_480-2025_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Secretaria de Obras que seja realizada a instalação de aproximadamente 200 metros de meio-fio na Avenida Antônio Leite, no povoado de Mato Seco, em frente ao campo de futebol, conforme imagem anexo.</t>
+  </si>
+  <si>
+    <t>6162</t>
+  </si>
+  <si>
+    <t>481</t>
+  </si>
+  <si>
+    <t>https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6162/indicacao_481-2025_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Secretaria de Obras  que seja realizada a pavimentação de aproximadamente 50 (cinquenta)metros da Rua Joventina Raimunda Gontijo, no Bairro de Fátima, trecho que ainda não se encontra  pavimentado.</t>
+  </si>
+  <si>
+    <t>6163</t>
+  </si>
+  <si>
+    <t>482</t>
+  </si>
+  <si>
+    <t>https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6163/indicacao_482-2025_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica-se ao Prefeito a revisão e atualização do Plano Diretor de Bom Despacho, com ênfase específica na readequação do zoneamento urbano industrial. Solicita-se a realização de estudos técnicos visando à modernização dos parâmetros de uso e ocupação do solo, compatibilizando a legislação com a atual dinâmica socioeconômica e a expansão territorial do município.</t>
+  </si>
+  <si>
+    <t>6164</t>
+  </si>
+  <si>
+    <t>483</t>
+  </si>
+  <si>
+    <t>https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6164/indicacao_483-2025_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica-se ao Prefeito e à Secretaria competente a criação e estruturação de um serviço de apoio técnico voltado às instituições sem fins lucrativos do município. A iniciativa deve ter por objetivo prestar auxílio na organização administrativa, na regularização de documentos e na orientação para a participação em editais públicos e celebração de termos de fomento.</t>
+  </si>
+  <si>
+    <t>6165</t>
+  </si>
+  <si>
+    <t>484</t>
+  </si>
+  <si>
+    <t>https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6165/indicacao_484-2025_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica-se ao Prefeito e à Secretaria Municipal competente a realização imediata da operação "tapa-buracos" e a recuperação da pavimentação asfáltica na Avenida São Vicente, nas proximidades do número 203.</t>
+  </si>
+  <si>
+    <t>6166</t>
+  </si>
+  <si>
+    <t>485</t>
+  </si>
+  <si>
+    <t>https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6166/indicacao_485-2025_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica-se ao Prefeito Municipal que, por meio da Secretaria competente, seja realizada a recuperação urgente do trecho quebrado ao lado do meio-fio na Rua Santo Antônio do Monte, próximo ao nº 965, no Conjunto Habitacional Dona Branca /  Rosário, incluindo refazer o concreto, corrigir o buraco, nivelar o local e realizar todas as melhorias necessárias para garantir a segurança e o bom escoamento da água da chuva (conforme imagem anexa).</t>
+  </si>
+  <si>
+    <t>6167</t>
+  </si>
+  <si>
+    <t>486</t>
+  </si>
+  <si>
+    <t>https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6167/indicacao_486-2025_1.pdf</t>
+  </si>
+  <si>
+    <t>O vereador ora signatário vem perante esta Pasta, indicar ao Prefeito ou Secretaria competente que: realize um estudo técnico e vistoria na Rua Francisco Souto, nº 160, Bairro Jardim dos Anjos, tendo em vista a existência de um buraco na via que também afeta o passeio da residência localizada no endereço. O problema vem se agravando, aumentando de tamanho e profundidade, representando riscos aos moradores, pedestres e motoristas que transitam pelo local. Solicita-se que, após avaliação técnica, sejam adotadas as medidas cabíveis para garantir a segurança e a integridade da via pública. JUSTIFICATIVA: A presente indicação se faz necessária diante dos riscos iminentes que o buraco oferece à população, podendo causar acidentes e danos a veículos, além de comprometer a segurança dos moradores.</t>
+  </si>
+  <si>
+    <t>6168</t>
+  </si>
+  <si>
+    <t>487</t>
+  </si>
+  <si>
+    <t>https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6168/indicacao_487-2025_1.pdf</t>
+  </si>
+  <si>
+    <t>Que, quando da renovação e/ou celebração de novos contratos com empresas responsáveis pelos serviços de coleta de lixo e varrição de vias públicas no Município de Bom Despacho, seja prevista cláusula contratual que assegure a disponibilização de pontos de apoio adequados aos garis e varredores de rua, contemplando:_x000D_
+I – local apropriado (ponto de apoio) para descanso e realização de refeições;_x000D_
+_x000D_
+II – disponibilização de banheiros em pontos estratégicos da cidade, especialmente para atender às necessidades das colaboradoras do sexo feminino que atuam na varrição de ruas._x000D_
+_x000D_
+JUSTIFICATIVA: Os referidos profissionais desempenham função essencial para a limpeza urbana, saúde pública e qualidade de vida da população. Contudo, estão exercendo suas atividades sem condições mínimas de apoio durante a jornada de trabalho, não dispondo de local adequado para alimentação, descanso ou utilização de sanitários._x000D_
+_x000D_
+Ressalta-se que a ausência de banheiros afeta de forma ainda mais sensível as mulheres que atuam na varrição de ruas, ferindo princípios de dignidade da pessoa humana, saúde do trabalhador e igualdade de condições no ambiente laboral._x000D_
+_x000D_
+A previsão de pontos de apoio nos contratos de prestação de serviços representa medida simples, de baixo impacto financeiro e de grande relevância social, contribuindo para a valorização dos trabalhadores, melhores condições de trabalho e maior eficiência na execução dos serviços públicos.</t>
+  </si>
+  <si>
+    <t>6169</t>
+  </si>
+  <si>
+    <t>488</t>
+  </si>
+  <si>
+    <t>https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6169/indicacao_488-2025_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Meio Ambiente que seja realizada a instalação de um corta águas (canaleta ou dispositivo similar) na esquina da Rua Montalvânia com a Avenida Governador Valadares, nas proximidades do nº 1674 da Rua Montalvânia.</t>
+  </si>
+  <si>
+    <t>6170</t>
+  </si>
+  <si>
+    <t>489</t>
+  </si>
+  <si>
+    <t>https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6170/indicacao_489-2025_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica à secretaria competente a realização de um estudo técnico para fins de construção de um passeio na avenida Orlando Rodrigues, na entrada do distrito do Engenho do Ribeiro, promovendo acessibilidade e melhor qualidade de vida à população.</t>
   </si>
   <si>
     <t>5494</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo</t>
   </si>
   <si>
     <t>Fernando Andrade.</t>
   </si>
   <si>
     <t>https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5494/plc_no_03-2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta a cobrança da dívida ativa tributária e não tributária da Fazenda Pública Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>5504</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
@@ -7816,50 +7945,88 @@
     <t>https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6154/requerimento_131-2025.pdf</t>
   </si>
   <si>
     <t>Requer, que sejam prestadas informações referentes à quadra esportiva localizada no Bairro de Fátima:_x000D_
     1. Houve repasse de verba nos últimos 5 anos, especialmente por meio de emenda parlamentar, destinada à reforma da referida quadra esportiva. _x000D_
            a)Em caso positivo, esclarecer:_x000D_
         ◦ Qual foi o valor total repassado;_x000D_
         ◦ Se existe previsão de início das obras;_x000D_
         ◦ Qual a destinação atual dos recursos recebidos;_x000D_
         ◦ Se há projeto ou planejamento já formulado para a execução da reforma._x000D_
     2. Em caso negativo, informar:_x000D_
         ◦ Mesmo sem emenda parlamentar específica, existe previsão por parte do Município para realização da reforma da quadra?_x000D_
         ◦ Havendo previsão, indicar o prazo estimado para início das intervenções._x000D_
 	JUSTIFICATIVA: _x000D_
 _x000D_
 		Este vereador foi procurado por cidadãos que frequentam o local. A quadra esportiva do Bairro de Fátima é um importante espaço público de convivência, lazer e promoção de práticas esportivas para crianças, jovens e demais moradores. Diante de sua evidente necessidade de melhorias estruturais, torna-se essencial obter informações oficiais sobre eventuais repasses de recursos e sobre o planejamento municipal para sua revitalização.</t>
   </si>
   <si>
     <t>6155</t>
   </si>
   <si>
     <t>https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6155/requerimento_132-2025.pdf</t>
   </si>
   <si>
     <t>Requer à Secretária Municipal de Cultura que encaminhe a esta Casa Legislativa a Ordem de Serviço e/ou os Empenhos emitidos referentes à montagem, instalação, construção cenográfica ou quaisquer serviços vinculados à “Casa Encantada – Casa de Doces” e aos demais itens decorativos e artísticos do Natal 2025, previstos nos Contratos nº 108/2025, 109/2025 e 117/2025. JUSTIFICATIVA:    A solicitação se justifica pela necessidade de garantir transparência e controle legislativo sobre as despesas realizadas com a execução da decoração natalina de 2025, especialmente considerando o vultoso montante empregado e a importância de se confirmar a regularidade dos atos administrativos que autorizaram tais serviços.</t>
+  </si>
+  <si>
+    <t>6171</t>
+  </si>
+  <si>
+    <t>https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6171/requerimento_133-2025_1.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Secretário Municipal de Administração que preste as seguintes informações sobre o Contrato Administrativo nº 132/2025, no valor total de R$ 1.033.548,00 (um milhão, trinta e três mil, quinhentos e quarenta e oito reais):_x000D_
+_x000D_
+    1. Encaminhar cópia do estudo de vantajosidade econômica que embasou a adesão à Ata de Registro de Preços do CISPARÁ, justificando a não realização de licitação própria pelo Município;_x000D_
+    2. Informar o custo mensal total e por tipo de equipamento, bem como a projeção de gastos em caso de prorrogação contratual;_x000D_
+    3. Esclarecer por qual motivo não foi exigida garantia contratual da execução;_x000D_
+    4. Informar se o Poder Executivo realizou estudo comparativo entre locação e aquisição direta dos bebedouros e purificadores, esclarecendo se a compra não seria economicamente mais vantajosa para o Município.</t>
+  </si>
+  <si>
+    <t>6172</t>
+  </si>
+  <si>
+    <t>Requer que seja concedida uma moção a ser encaminhada ao Sr. Eduardo de Oliveira Fidelis, para manifestar congratulação desta Câmara  em reconhecimento  à sua dedicação e relevantes serviços prestados à comunidade. Justificativa: Há quase 12 anos lotado na 2ª Delegacia Regional de Bom Despacho, atuando na 28ª Ciretran, Eduardo se destaca pela dedicação, organização e excelente atendimento ao público, tendo assumido o setor de Carteira Nacional de Habilitação e auxiliando 12 cidades da região, garantindo qualidade no atendimento ao cidadão. Entre 2008 e 2012, também contribuiu com a Prefeitura Municipal no setor de compras e licitações, desempenhando suas funções com  competência. Seu compromisso e profissionalismo fazem dele um servidor exemplar. Esta moção é concedida como forma de reconhecimento e gratidão por sua importante atuação</t>
+  </si>
+  <si>
+    <t>6173</t>
+  </si>
+  <si>
+    <t>https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6173/requerimento_135-2025_mocao_1.pdf</t>
+  </si>
+  <si>
+    <t>Requer seja concedida ao plenário Moção de Congratulação aos servidores da Biblioteca Municipal de Bom Despacho, vinculada à Secretaria de Cultura e Turismo, pelo relevante trabalho prestado à comunidade. A Biblioteca Municipal exerce papel fundamental na promoção da leitura, no acesso ao conhecimento e no fortalecimento da cultura em nosso município. Esse trabalho só se realiza graças à dedicação e ao profissionalismo de sua equipe, que acolhe diariamente estudantes, leitores e pesquisadores com atenção e compromisso público. Assim, registramos nossos votos de congratulação a: Juliana Maria da Silva Rodrigues, Maura Pinto de Carvalho, Ronan Nunes, Éder Alexandre Oliveira, Silvana Dias Campos e Maria de Fátima de Araújo. Pelo empenho, pela qualidade no atendimento e pela contribuição indispensável ao desenvolvimento cultural de Bom Despacho. Esta Casa Legislativa manifesta seus votos de reconhecimento e gratidão pelo serviço prestado.</t>
+  </si>
+  <si>
+    <t>6174</t>
+  </si>
+  <si>
+    <t>https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6174/requerimento_136-2025_mocao_1.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja concedida uma Moção de Congratulação aos representantes e idealizadores da Feira Livre da Cidade Nova: Mateus Elias Vidal (Presidente), Alcides José martins (vice – presidente), Breno Henrique Tavares Bento (tesoureiro), Walison Donizeti da Silva (secretário), Edna Petronilha Rodrigues Batista (secretária) e Fábio Gonçalves Campos (representante da Emater), pela contribuição de forma significativa para o desenvolvimento social e econômico da comunidade.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -8163,56 +8330,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5414/indicacao_01-25.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5415/indicacao_02-25.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5416/indicacao_03-25.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5417/indicacao_04-25.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5418/indicacao_05-25.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5419/indicacao_06-25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5420/indicacao_07-25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5421/indicacao_08-25.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5422/indicacao_09-25.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5423/indicacao_10-25.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5424/indicacao_11-25.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5425/indicacao_12-25.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5426/indicacao_13-25.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5427/indicacao_14-25.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5430/indicacao_15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5431/indicacao_16-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5432/indicacao_17-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5433/indicacao_18-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5434/indicacao_19-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5435/indicacao_20-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5437/indicacao_21-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5438/indicacao_22-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5439/indicacao_23-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5441/indicacao_24-2025_1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5442/indicacao_25-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5443/indicacao_26-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5444/indicacao_27-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5445/indicacao_28-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5447/indicacao_29-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5449/indicacao_30-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5450/indicacao_31-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5451/indicacao_32-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5452/indicacao_33-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5453/indicacao_34-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5454/indicacao_35-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5455/indicacao_36-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5456/indicacao_37-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5457/indicacao_38-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5458/indicacao_39-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5460/indicacao_40-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5461/indicacao_41-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5464/indicacao_42-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5465/indicacao_43-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5466/indicacao_44-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5467/indicacao_45-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5468/indicacao_46-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5469/indicacao_47-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5471/indicacao_48-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5472/indicacao_49-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5473/indicacao_50-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5474/indicacao_51-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5475/indicacao_52-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5476/indicacao_53-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5477/indicacao_54-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5478/indicacao_55-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5479/indicacao_56-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5480/indicacao_57-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5481/indicacao_58-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5482/indicacao_59-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5483/indicacao_60-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5484/indicacao_61-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5485/indicacao_62-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5486/indicacao_63-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5487/indicacao_64-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5488/indicacao_65-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5489/indicacao_66-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5495/indicacao_67-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5496/indicacao_68-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5497/inidcacao_69-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5498/indicacao_70-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5505/indicacao_71-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5506/indicacao_72-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5507/indicacao_73-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5508/indicacao_74-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5509/indicacao_75-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5510/indicacao_76-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5511/indicacao_77-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5512/indicacao_78-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5513/indicacao_79-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5514/indicacao_80-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5515/indicacao_81-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5516/indicacao_82-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5517/indicacao_84-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5518/indicacao_84-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5519/indicacao_85-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5520/indicacao_86-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5521/indicacao_87-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5522/indicacao_88-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5523/indicacao_89-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5524/indicacao_90-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5525/indicacao_91-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5526/indicacao_92-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5527/indicacao_93-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5528/indicacao_94-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5529/indicacao_95-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5535/indicacao_96-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5536/indicacao_97-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5537/indicacao_98-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5538/indicacao_99-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5539/indicacao_100-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5540/indicacao_101-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5541/indicacao_102-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5542/indicacao_103-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5543/indicacao_104-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5544/indicacao_105-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5545/indicacao_106-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5546/indicacao_107-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5547/indicacao_108-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5548/indicacao_109-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5549/indicacao_110-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5551/indicacao_111-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5552/indicacao_112-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5553/indicacao_113-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5554/indicacao_114-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5566/indicacao_115-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5567/indicacao_116-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5568/indicacao_117-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5569/indicacao_118-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5570/indicacao_119-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5571/indicacao_120-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5572/indicacao_121-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5573/indicacao_122-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5574/indicacao_123-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5575/indicacao_124-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5576/indicacao_125-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5577/indicacao_126-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5578/indicacao_127-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5579/indicacao_128-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5580/indicacao_129-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5582/indicacao_130-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5581/indicacao_131-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5583/indicacao_133-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5584/indicacao_132-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5593/indicacao_134-25.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5594/indicacao_135-25.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5595/indicacao_136-25.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5596/indicacao_137-25.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5597/indicacao_138-25.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5599/indicacao_139-25.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5600/indicacao_140-25.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5601/indicacao_141-25.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5602/indicacao_142-25.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5603/indicacao_144-25.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5604/indicacao_144-25.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5605/indicacao_145-25.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5606/indicacao_146-25.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5607/indicacao_147-25.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5608/indicacao_148-25.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5610/indicacao_149-25.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5611/indicacao_150-25.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5612/indicacao_151-25.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5613/indicacao_152-25.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5615/indicacao_153-25.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5616/indicacao_154-25.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5617/indicacao_155-25.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5618/indicacao_156-25.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5619/indicacao_157-25.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5620/indicacao_158-25.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5621/indicacao_159-25.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5622/indicacao_160-25.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5624/indicacao_161-25.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5625/indicacao_162-25.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5626/indicacao_163-25.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5637/indicacao_164-25.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5638/indicacao_165-25.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5639/indicacao_166-25.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5640/indicacao_167-25.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5641/indicacao_168-25.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5642/indicacao_169-25.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5643/indicacao_170-25.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5644/indicacao_171-25.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5645/indicacao_172-25.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5646/indicacao_173-25.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5647/indicacao_174-25.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5648/indicacao_175-25.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5649/indicacao_176-25.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5650/indicacao_177-25.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5651/indicacao_178-25.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5652/indicacao_179-25.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5653/indicacao_180-25.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5654/indicacao_181-25.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5655/indicacao_182-25.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5656/indicacao_183-25.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5657/indicacao_184-25.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5658/indicacao_185-25.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5665/indicacao_186-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5666/indicacao_187-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5667/indicacao_188-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5668/indicacao_189-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5669/indicacao_190-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5670/indicacao_191-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5671/indicacao_192-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5672/indicacao_193-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5673/indicacao_194-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5674/indicacao_195-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5675/indicacao_196-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5676/indicacao_rua_montalvania.odt" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5677/indicacao_198-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5678/indicacao_199-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5679/indicacao_200-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5680/indicacao_201-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5681/indicacao_202-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5682/indicacao_203-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5692/indicacao_204-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5693/indicacao_205-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5694/indicacao_206-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5695/indicacao_207-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5696/indicacao_208-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5697/indicacao_209-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5698/indicacao_210-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5700/indicacao_211-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5701/indicacao_212-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5702/indicacao_213-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5703/indicacao_214-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5704/indicacao_215-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5705/indicacao_216-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5706/indicacao_217-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5707/indicacao_218-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5708/indicacao_219-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5709/indicacao_220-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5710/indicacao_221-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5711/indicacao_222-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5712/indicacao_223-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5716/indicacao_224-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5717/indicacao_225-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5718/indicacao_226-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5720/indicacao_227-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5723/indicacao_228-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5724/indicacao_229-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5725/indicacao_230-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5726/indicacao_231-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5728/indicacao_232-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5729/indicacao_233-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5730/indicacao_234-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5732/indicacao_235-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5733/indicacao_236-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5734/indicacao_237-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5736/indicacao_238-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5737/indicacao_239-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5739/indicacao_240-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5740/indicacao_241-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5741/indicacao_242-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5742/indicacao_243-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5749/indicacao_244-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5750/indicacao_245-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5751/indicacao_246-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5752/indicacao_247-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5753/indicacao_248-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5754/indicacao_249-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5755/indicacao_250-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5756/indicacao_251-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5757/indicacao_252-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5758/indicacao_253-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5759/indicacao_254-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5760/indicacao_255-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5761/indicacao_256-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5762/indicacao_37-2025_estacao.odt" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5763/indicacao_258-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5765/indicacao_259-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5766/indicacao_260-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5768/indicacao_261-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5770/31_-_indicacao_-_ponte_zona_rural_capela_dos_alves__maique.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5771/indicacao_263-2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5773/indicacao_264-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5774/indicacao_265-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5775/indicacao_266-2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5776/indicacao_267-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5777/indicacao_268-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5778/indicacao_269-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5779/indicacao_270-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5784/indicacao_271-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5785/indicacao_272-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5786/indicacao_273-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5787/indicacao_274-2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5788/indicacao_275-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5790/indicacao_276-2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5792/indicacao_277-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5793/indicacao_278-2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5795/indicacao_279-2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5796/indicacao_280-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5798/indicacao_281-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5799/indicacao_282-2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5800/indicacao_283-2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5801/indicacao_284-2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5802/indicacao_285-2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5812/indicacao_286-2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5813/indicacao_287-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5815/indicacao_288-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5816/indicacao_289-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5817/indicacao_290-2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5818/indicacao_291-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5819/indicacao_292-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5820/indicacao_293-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5821/indicacao_294-2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5822/indicacao_295-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5823/indicacao_296-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5824/indicacao_297-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5825/indicacao_298-2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5826/indicacao_299-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5827/indicacao_300-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5828/indicacao_301-2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5829/indicacao_302-2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5830/indicacao_303-2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5831/indicacao_304-2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5832/indicacao_305-2025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5833/indicacao_306-2025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5834/indicacao_307-2025.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5842/indicacao_308-2025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5843/indicacao_309-2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5844/indicacao_310-2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5845/indicacao_311-2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5846/indicacao_312-2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5848/indicacao_313-2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5847/indicacao_314-2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5849/indicacao_315-2025.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5850/indicacao_316-2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5851/indicacao_317-2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5852/indicacao_318-2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5853/indicacao_319-2025.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5854/indicacao_320-2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5855/indicacao_321-2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5856/indicacao_322-2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5857/indicacao_323-2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5858/indicacao_324-2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5859/indicacao_325-2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5860/indicacao_326-2025.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5861/indicacao_327-2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5863/indicacao_328-2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5864/indicacao_329-2025.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5866/indicacao_330-2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5867/indicacao_331-2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5882/indciacao_332-2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5883/indicacao_333-2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5884/indicacao_334-2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5885/indicacao_335-2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5886/indicacao_336-2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5887/indicacao_337-2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5888/indicacao_338-2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5889/indicacao_339-2025.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5890/indicacao_340-2025.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5891/indicacao_341-2025.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5892/indicacao_342-2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5893/indicacao_343-2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5894/indicacao_344-2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5895/indicacao_345-2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5896/indicacao_346-2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5897/indicacao_347-2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5898/indicacao_348-2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5899/indicacao_349-2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5914/indicacao_350-2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5915/indicacao_351-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5916/indicacao_352-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5917/indicacao_353-2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5918/indicacao_354-2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5919/indicacao_355-2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5920/indicacao_356-2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5921/indicacao_357-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5922/indicacao_358-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5923/indicacao_359-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5924/indicacao_360-2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5925/indicacao_361-2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5926/indicacao_362-2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5928/indicacao_363-2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5929/indicacao_364-2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5930/indicacao_365-2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5931/indicacao_366-2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5932/indicacao_367-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5941/indicacao_368-2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5942/indicacao_01.docx" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5943/indicacao_02.docx" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5944/indicacao_03.docx" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5945/indicacao_17_-_secretaria_transito_quebramolas_ruagetuliovargas_rua_da_chacara_vila_gontijo.docx" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5946/indicacao_18_-_secretaria_obras_iluminacao_e_calcamento_ruagetuliovargas_rua_da_chacara_vila_gontijo.docx" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5947/indicacao_374-2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5948/indicacao_375-2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5949/indicacao_376-2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5950/indicacao_377-2025.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5951/indicacao_378-2025.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5952/indicacao_379-2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5954/indicacao_380-2025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5955/indicacao_381-2025.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5956/indicacao_382-2025.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5957/indicacao_383-2025.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5959/indicacao_384-2025.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5960/indicacao_385-2025.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5962/indicacao_386-2025.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5963/indicacao_387-2025.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5964/indicacao_388-2025.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5965/indicacao_389-2025.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5966/indicacao_390-2025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5967/indicacao_391-2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5976/indicacao_392-2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5977/indicacao_393-2025.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5978/indicacao_394-2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5979/indicacao_395-2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5980/indicacao_396-2025.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5981/indicacao_397-2025.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5982/indicacao_398-2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5983/indicacao_399-2025.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5984/indicacao_400-2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5985/indicacao_401-2025.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5986/indicacao_402-2025.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5987/indicacao_403-2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5988/indicacao_404-2025.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5989/indicacao_405-2025.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6009/indicacao_406-2025.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6012/indicacao_407-2025.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6013/indicacao_408-2025.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6014/indicacao_409-2025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6015/indicacao_410-2025.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6016/indicacao_411-2025.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6017/indicacao_412-2025.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6018/indicacao_413-2025.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6019/indicacao_414-2025.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6030/indicacao_415-2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6031/indicacao_416-2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6032/indicacao_417-2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6033/indicacao_418-2025.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6034/indicacao_419-2025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6035/indicacao_420-2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6036/indicacao_421-2025.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6038/indicacao_422-2025.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6039/indicacao_423-2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6041/indicacao_424-2025.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6043/indicacao_425-2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6044/indicacao_426-2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6046/indicacao_427-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6047/indicacao_428-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6048/indicacao_429-2025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6049/indicacao_430-2025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6057/indicacao_431-2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6058/indicacao_432-2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6059/51_-_indicacao_-_estacionamento_saude_bucal.docx" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6060/indicacao_434-2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6061/indicacao_435-2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6062/indicacao_436-2025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6063/indicacao_437-2025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6064/indicacao_438-2025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6065/indicacao_439-2025.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6066/indicacao_440-2025.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6067/indicacao_441-2025.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6068/indicacao_442-2025.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6069/indicacao_443-2025.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6081/indicacao_444-2025.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6082/indicacao_445-2025.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6083/indicacao_446-2025.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6085/indicacao_447-2025.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6086/indicacao_448-2025.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6087/indicacao_449-2025.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6088/indicacao.docx" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6100/indicacao_451-2025.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6101/indicacao_452-2025.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6102/indicacao_453-2025.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6103/indicacao_454-2025.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6104/indicacao_455-2025.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6105/indicacao_456-2025.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6106/indicacao_457-2025.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6107/indicacao_458-2025.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6108/indicacao_459-2025.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6109/indicacao_460-2025.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6110/indicacao_461-2025.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6111/indicacao_462-2025.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6112/indicacao_463-2025.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6113/indicacao_464-2025.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6114/indicacao_465-2025.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6131/indicacao_466-2025_1.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6132/indicacao_467-2025_1.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6133/indicacao_63-2025_-_indicacao_lombofaixa_rua_chiquinho_soares.docx" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6134/indicacao_469-2025_1.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6135/indicacao_470-2025_1.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6136/indicacao_471-2025_1.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6137/indicacao_472-2025_1.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6138/indicacao_473-2025_1.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6144/indicacao_474-2025.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6145/indicacao_475-2025.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6146/indicacao_476-2025.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6147/indicacao_477-2025.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6148/indicacao_478-2025.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6149/indicacao_479-2025.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5494/plc_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6158/projeto_de_lei_n87-2025.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6159/projeto_n88-2025.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5719/projeto_de_resolucao_n12-2025.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6071/projeto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5428/requerimento_01-25_mocao.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5429/requerimento_02-25.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5448/requerimento_03-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5470/requerimento_04-2025.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5499/requerimento_05-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5530/requerimento_06-2025.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5531/mocao_de_congratulacao_-_carnaval.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5532/requerimento_08-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5555/requerimento_09-2025.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5557/requerimento_10-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5585/requerimento_11-2025.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5586/requerimento_12-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5587/requerimento_13-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5627/requerimento_14-25.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5628/requerimento_15-25_mocao.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5629/requerimento_16-25.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5630/requerimento_17-25.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5632/requerimento_18-25.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5633/requerimento_19-25.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5634/requerimento_20-25_mocao.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5635/requerimento_21-25_mocao.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5659/requerimento_22-2025.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5660/requerimento_23-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5683/requerimento_24-2025.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5684/requerimento_25-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5685/requerimento_26-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5686/requerimento_27-2025.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5687/requerimento_28-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5688/requerimento_29-2025.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5689/requerimento-_reunioes_com_entidades.odt" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5713/requerimento_31-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5714/requerimento_32-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5715/requerimento_33-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5743/requerimento_de_mocao_de_congratulacao.docx" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5744/requerimento_35-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5745/requerimento_36-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5780/requerimento_37-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5781/requerimento_38-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5782/requerimento_39-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5783/requerimento_40-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5803/requerimento_41-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5804/requerimento_42-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5805/requerimento_43-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5806/requerimento_44-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5807/requerimento_45-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5808/requerimento_46-2025.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5809/requerimento_47-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5835/requerimento_48-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5836/requerimento_49-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5837/requerimento_50-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5838/requerimento_51-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5839/requerimento_52-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5841/requerimento_53-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5840/requerimento_53-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5868/requerimento_55-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5869/requerimento_56-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5870/requerimento_57-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5871/requerimento_58-2025.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5872/requerimento_59-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5874/requerimento_60-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5901/requerimento_62-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5902/requerimento_63-2025.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5903/requerimento_64-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5904/requerimento_65-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5934/requerimento_66-2025.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5935/requerimento_67-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5936/requerimento_68-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5937/requerimento_69-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5938/requerimento_70-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5968/requerimento_71-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5969/requerimento_72-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5970/requerimento_73-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5971/requerimento_74-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5972/requerimento_75-2025.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5973/requerimento_76-2025.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5974/requerimento_77-2025.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5975/requerimento_78-2025.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5990/requerimento_79-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5991/requerimento_80-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5992/requerimento_81-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5993/requerimento_82-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5995/requerimento_83-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5997/requerimento_84-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5998/requerimento_85-2025.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6020/requerimento_86-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6021/requerimento_87-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6022/requerimento_88-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6023/requerimento_89-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6024/requerimento_90-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6025/requerimento_91-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6026/requerimento_92-2025.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6050/requerimento_93-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6051/requerimento_94-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6052/requerimento_95-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6053/requerimento_96-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6054/requerimento_97-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6055/requerimento_98-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6056/requerimento_99-2025.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6070/requerimento_100-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6072/requerimento_101-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6074/requerimento_102-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6076/requerimento_103-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6077/requerimento_104-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6079/requerimento_105-2025.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6089/requerimento_106-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6090/requerimento_107-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6091/requerimento_108-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6092/requerimento_109-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6093/requerimento_110-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6094/requerimento_111-2025.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6115/requerimento_112-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6116/requerimento_113-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6117/requerimento_114-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6118/requerimento_115-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6119/requerimento_116-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6120/requerimento_117-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6121/requerimento_118-2025.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6122/requerimento_119-2025.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6123/requerimento_120-2025.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6124/requerimento_121-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6139/requerimento_122-2025_1.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6140/requerimento_123-2025_mocao_1.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6141/requerimento_124-2025_mocao_1.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6142/requerimento_125-2025_mocao_1.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6143/requerimento_126-2025_1.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6150/requerimento_127-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6151/requerimento_128-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6152/requerimento_129-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6153/requerimento_131-2025.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6154/requerimento_131-2025.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6155/requerimento_132-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5414/indicacao_01-25.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5415/indicacao_02-25.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5416/indicacao_03-25.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5417/indicacao_04-25.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5418/indicacao_05-25.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5419/indicacao_06-25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5420/indicacao_07-25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5421/indicacao_08-25.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5422/indicacao_09-25.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5423/indicacao_10-25.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5424/indicacao_11-25.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5425/indicacao_12-25.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5426/indicacao_13-25.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5427/indicacao_14-25.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5430/indicacao_15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5431/indicacao_16-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5432/indicacao_17-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5433/indicacao_18-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5434/indicacao_19-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5435/indicacao_20-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5437/indicacao_21-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5438/indicacao_22-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5439/indicacao_23-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5441/indicacao_24-2025_1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5442/indicacao_25-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5443/indicacao_26-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5444/indicacao_27-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5445/indicacao_28-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5447/indicacao_29-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5449/indicacao_30-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5450/indicacao_31-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5451/indicacao_32-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5452/indicacao_33-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5453/indicacao_34-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5454/indicacao_35-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5455/indicacao_36-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5456/indicacao_37-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5457/indicacao_38-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5458/indicacao_39-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5460/indicacao_40-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5461/indicacao_41-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5464/indicacao_42-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5465/indicacao_43-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5466/indicacao_44-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5467/indicacao_45-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5468/indicacao_46-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5469/indicacao_47-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5471/indicacao_48-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5472/indicacao_49-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5473/indicacao_50-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5474/indicacao_51-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5475/indicacao_52-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5476/indicacao_53-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5477/indicacao_54-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5478/indicacao_55-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5479/indicacao_56-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5480/indicacao_57-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5481/indicacao_58-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5482/indicacao_59-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5483/indicacao_60-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5484/indicacao_61-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5485/indicacao_62-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5486/indicacao_63-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5487/indicacao_64-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5488/indicacao_65-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5489/indicacao_66-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5495/indicacao_67-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5496/indicacao_68-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5497/inidcacao_69-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5498/indicacao_70-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5505/indicacao_71-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5506/indicacao_72-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5507/indicacao_73-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5508/indicacao_74-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5509/indicacao_75-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5510/indicacao_76-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5511/indicacao_77-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5512/indicacao_78-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5513/indicacao_79-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5514/indicacao_80-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5515/indicacao_81-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5516/indicacao_82-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5517/indicacao_84-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5518/indicacao_84-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5519/indicacao_85-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5520/indicacao_86-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5521/indicacao_87-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5522/indicacao_88-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5523/indicacao_89-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5524/indicacao_90-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5525/indicacao_91-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5526/indicacao_92-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5527/indicacao_93-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5528/indicacao_94-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5529/indicacao_95-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5535/indicacao_96-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5536/indicacao_97-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5537/indicacao_98-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5538/indicacao_99-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5539/indicacao_100-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5540/indicacao_101-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5541/indicacao_102-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5542/indicacao_103-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5543/indicacao_104-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5544/indicacao_105-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5545/indicacao_106-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5546/indicacao_107-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5547/indicacao_108-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5548/indicacao_109-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5549/indicacao_110-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5551/indicacao_111-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5552/indicacao_112-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5553/indicacao_113-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5554/indicacao_114-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5566/indicacao_115-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5567/indicacao_116-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5568/indicacao_117-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5569/indicacao_118-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5570/indicacao_119-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5571/indicacao_120-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5572/indicacao_121-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5573/indicacao_122-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5574/indicacao_123-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5575/indicacao_124-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5576/indicacao_125-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5577/indicacao_126-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5578/indicacao_127-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5579/indicacao_128-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5580/indicacao_129-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5582/indicacao_130-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5581/indicacao_131-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5583/indicacao_133-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5584/indicacao_132-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5593/indicacao_134-25.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5594/indicacao_135-25.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5595/indicacao_136-25.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5596/indicacao_137-25.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5597/indicacao_138-25.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5599/indicacao_139-25.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5600/indicacao_140-25.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5601/indicacao_141-25.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5602/indicacao_142-25.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5603/indicacao_144-25.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5604/indicacao_144-25.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5605/indicacao_145-25.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5606/indicacao_146-25.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5607/indicacao_147-25.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5608/indicacao_148-25.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5610/indicacao_149-25.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5611/indicacao_150-25.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5612/indicacao_151-25.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5613/indicacao_152-25.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5615/indicacao_153-25.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5616/indicacao_154-25.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5617/indicacao_155-25.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5618/indicacao_156-25.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5619/indicacao_157-25.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5620/indicacao_158-25.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5621/indicacao_159-25.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5622/indicacao_160-25.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5624/indicacao_161-25.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5625/indicacao_162-25.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5626/indicacao_163-25.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5637/indicacao_164-25.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5638/indicacao_165-25.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5639/indicacao_166-25.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5640/indicacao_167-25.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5641/indicacao_168-25.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5642/indicacao_169-25.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5643/indicacao_170-25.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5644/indicacao_171-25.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5645/indicacao_172-25.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5646/indicacao_173-25.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5647/indicacao_174-25.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5648/indicacao_175-25.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5649/indicacao_176-25.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5650/indicacao_177-25.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5651/indicacao_178-25.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5652/indicacao_179-25.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5653/indicacao_180-25.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5654/indicacao_181-25.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5655/indicacao_182-25.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5656/indicacao_183-25.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5657/indicacao_184-25.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5658/indicacao_185-25.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5665/indicacao_186-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5666/indicacao_187-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5667/indicacao_188-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5668/indicacao_189-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5669/indicacao_190-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5670/indicacao_191-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5671/indicacao_192-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5672/indicacao_193-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5673/indicacao_194-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5674/indicacao_195-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5675/indicacao_196-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5676/indicacao_rua_montalvania.odt" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5677/indicacao_198-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5678/indicacao_199-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5679/indicacao_200-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5680/indicacao_201-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5681/indicacao_202-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5682/indicacao_203-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5692/indicacao_204-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5693/indicacao_205-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5694/indicacao_206-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5695/indicacao_207-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5696/indicacao_208-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5697/indicacao_209-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5698/indicacao_210-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5700/indicacao_211-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5701/indicacao_212-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5702/indicacao_213-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5703/indicacao_214-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5704/indicacao_215-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5705/indicacao_216-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5706/indicacao_217-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5707/indicacao_218-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5708/indicacao_219-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5709/indicacao_220-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5710/indicacao_221-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5711/indicacao_222-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5712/indicacao_223-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5716/indicacao_224-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5717/indicacao_225-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5718/indicacao_226-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5720/indicacao_227-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5723/indicacao_228-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5724/indicacao_229-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5725/indicacao_230-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5726/indicacao_231-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5728/indicacao_232-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5729/indicacao_233-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5730/indicacao_234-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5732/indicacao_235-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5733/indicacao_236-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5734/indicacao_237-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5736/indicacao_238-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5737/indicacao_239-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5739/indicacao_240-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5740/indicacao_241-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5741/indicacao_242-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5742/indicacao_243-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5749/indicacao_244-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5750/indicacao_245-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5751/indicacao_246-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5752/indicacao_247-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5753/indicacao_248-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5754/indicacao_249-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5755/indicacao_250-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5756/indicacao_251-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5757/indicacao_252-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5758/indicacao_253-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5759/indicacao_254-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5760/indicacao_255-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5761/indicacao_256-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5762/indicacao_37-2025_estacao.odt" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5763/indicacao_258-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5765/indicacao_259-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5766/indicacao_260-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5768/indicacao_261-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5770/31_-_indicacao_-_ponte_zona_rural_capela_dos_alves__maique.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5771/indicacao_263-2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5773/indicacao_264-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5774/indicacao_265-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5775/indicacao_266-2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5776/indicacao_267-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5777/indicacao_268-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5778/indicacao_269-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5779/indicacao_270-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5784/indicacao_271-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5785/indicacao_272-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5786/indicacao_273-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5787/indicacao_274-2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5788/indicacao_275-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5790/indicacao_276-2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5792/indicacao_277-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5793/indicacao_278-2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5795/indicacao_279-2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5796/indicacao_280-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5798/indicacao_281-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5799/indicacao_282-2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5800/indicacao_283-2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5801/indicacao_284-2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5802/indicacao_285-2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5812/indicacao_286-2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5813/indicacao_287-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5815/indicacao_288-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5816/indicacao_289-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5817/indicacao_290-2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5818/indicacao_291-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5819/indicacao_292-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5820/indicacao_293-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5821/indicacao_294-2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5822/indicacao_295-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5823/indicacao_296-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5824/indicacao_297-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5825/indicacao_298-2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5826/indicacao_299-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5827/indicacao_300-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5828/indicacao_301-2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5829/indicacao_302-2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5830/indicacao_303-2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5831/indicacao_304-2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5832/indicacao_305-2025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5833/indicacao_306-2025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5834/indicacao_307-2025.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5842/indicacao_308-2025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5843/indicacao_309-2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5844/indicacao_310-2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5845/indicacao_311-2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5846/indicacao_312-2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5848/indicacao_313-2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5847/indicacao_314-2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5849/indicacao_315-2025.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5850/indicacao_316-2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5851/indicacao_317-2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5852/indicacao_318-2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5853/indicacao_319-2025.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5854/indicacao_320-2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5855/indicacao_321-2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5856/indicacao_322-2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5857/indicacao_323-2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5858/indicacao_324-2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5859/indicacao_325-2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5860/indicacao_326-2025.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5861/indicacao_327-2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5863/indicacao_328-2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5864/indicacao_329-2025.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5866/indicacao_330-2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5867/indicacao_331-2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5882/indciacao_332-2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5883/indicacao_333-2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5884/indicacao_334-2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5885/indicacao_335-2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5886/indicacao_336-2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5887/indicacao_337-2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5888/indicacao_338-2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5889/indicacao_339-2025.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5890/indicacao_340-2025.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5891/indicacao_341-2025.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5892/indicacao_342-2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5893/indicacao_343-2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5894/indicacao_344-2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5895/indicacao_345-2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5896/indicacao_346-2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5897/indicacao_347-2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5898/indicacao_348-2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5899/indicacao_349-2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5914/indicacao_350-2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5915/indicacao_351-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5916/indicacao_352-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5917/indicacao_353-2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5918/indicacao_354-2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5919/indicacao_355-2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5920/indicacao_356-2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5921/indicacao_357-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5922/indicacao_358-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5923/indicacao_359-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5924/indicacao_360-2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5925/indicacao_361-2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5926/indicacao_362-2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5928/indicacao_363-2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5929/indicacao_364-2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5930/indicacao_365-2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5931/indicacao_366-2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5932/indicacao_367-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5941/indicacao_368-2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5942/indicacao_01.docx" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5943/indicacao_02.docx" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5944/indicacao_03.docx" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5945/indicacao_17_-_secretaria_transito_quebramolas_ruagetuliovargas_rua_da_chacara_vila_gontijo.docx" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5946/indicacao_18_-_secretaria_obras_iluminacao_e_calcamento_ruagetuliovargas_rua_da_chacara_vila_gontijo.docx" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5947/indicacao_374-2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5948/indicacao_375-2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5949/indicacao_376-2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5950/indicacao_377-2025.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5951/indicacao_378-2025.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5952/indicacao_379-2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5954/indicacao_380-2025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5955/indicacao_381-2025.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5956/indicacao_382-2025.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5957/indicacao_383-2025.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5959/indicacao_384-2025.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5960/indicacao_385-2025.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5962/indicacao_386-2025.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5963/indicacao_387-2025.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5964/indicacao_388-2025.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5965/indicacao_389-2025.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5966/indicacao_390-2025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5967/indicacao_391-2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5976/indicacao_392-2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5977/indicacao_393-2025.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5978/indicacao_394-2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5979/indicacao_395-2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5980/indicacao_396-2025.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5981/indicacao_397-2025.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5982/indicacao_398-2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5983/indicacao_399-2025.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5984/indicacao_400-2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5985/indicacao_401-2025.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5986/indicacao_402-2025.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5987/indicacao_403-2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5988/indicacao_404-2025.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5989/indicacao_405-2025.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6009/indicacao_406-2025.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6012/indicacao_407-2025.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6013/indicacao_408-2025.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6014/indicacao_409-2025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6015/indicacao_410-2025.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6016/indicacao_411-2025.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6017/indicacao_412-2025.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6018/indicacao_413-2025.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6019/indicacao_414-2025.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6030/indicacao_415-2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6031/indicacao_416-2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6032/indicacao_417-2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6033/indicacao_418-2025.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6034/indicacao_419-2025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6035/indicacao_420-2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6036/indicacao_421-2025.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6038/indicacao_422-2025.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6039/indicacao_423-2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6041/indicacao_424-2025.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6043/indicacao_425-2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6044/indicacao_426-2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6046/indicacao_427-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6047/indicacao_428-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6048/indicacao_429-2025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6049/indicacao_430-2025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6057/indicacao_431-2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6058/indicacao_432-2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6059/51_-_indicacao_-_estacionamento_saude_bucal.docx" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6060/indicacao_434-2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6061/indicacao_435-2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6062/indicacao_436-2025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6063/indicacao_437-2025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6064/indicacao_438-2025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6065/indicacao_439-2025.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6066/indicacao_440-2025.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6067/indicacao_441-2025.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6068/indicacao_442-2025.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6069/indicacao_443-2025.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6081/indicacao_444-2025.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6082/indicacao_445-2025.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6083/indicacao_446-2025.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6085/indicacao_447-2025.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6086/indicacao_448-2025.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6087/indicacao_449-2025.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6088/indicacao.docx" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6100/indicacao_451-2025.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6101/indicacao_452-2025.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6102/indicacao_453-2025.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6103/indicacao_454-2025.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6104/indicacao_455-2025.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6105/indicacao_456-2025.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6106/indicacao_457-2025.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6107/indicacao_458-2025.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6108/indicacao_459-2025.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6109/indicacao_460-2025.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6110/indicacao_461-2025.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6111/indicacao_462-2025.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6112/indicacao_463-2025.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6113/indicacao_464-2025.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6114/indicacao_465-2025.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6131/indicacao_466-2025_1.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6132/indicacao_467-2025_1.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6133/indicacao_63-2025_-_indicacao_lombofaixa_rua_chiquinho_soares.docx" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6134/indicacao_469-2025_1.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6135/indicacao_470-2025_1.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6136/indicacao_471-2025_1.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6137/indicacao_472-2025_1.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6138/indicacao_473-2025_1.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6144/indicacao_474-2025.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6145/indicacao_475-2025.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6146/indicacao_476-2025.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6147/indicacao_477-2025.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6148/indicacao_478-2025.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6149/indicacao_479-2025.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6161/indicacao_480-2025_1.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6162/indicacao_481-2025_1.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6163/indicacao_482-2025_1.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6164/indicacao_483-2025_1.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6165/indicacao_484-2025_1.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6166/indicacao_485-2025_1.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6167/indicacao_486-2025_1.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6168/indicacao_487-2025_1.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6169/indicacao_488-2025_1.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6170/indicacao_489-2025_1.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5494/plc_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6158/projeto_de_lei_n87-2025.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6159/projeto_n88-2025.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5719/projeto_de_resolucao_n12-2025.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6071/projeto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5428/requerimento_01-25_mocao.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5429/requerimento_02-25.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5448/requerimento_03-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5470/requerimento_04-2025.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5499/requerimento_05-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5530/requerimento_06-2025.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5531/mocao_de_congratulacao_-_carnaval.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5532/requerimento_08-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5555/requerimento_09-2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5557/requerimento_10-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5585/requerimento_11-2025.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5586/requerimento_12-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5587/requerimento_13-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5627/requerimento_14-25.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5628/requerimento_15-25_mocao.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5629/requerimento_16-25.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5630/requerimento_17-25.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5632/requerimento_18-25.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5633/requerimento_19-25.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5634/requerimento_20-25_mocao.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5635/requerimento_21-25_mocao.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5659/requerimento_22-2025.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5660/requerimento_23-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5683/requerimento_24-2025.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5684/requerimento_25-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5685/requerimento_26-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5686/requerimento_27-2025.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5687/requerimento_28-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5688/requerimento_29-2025.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5689/requerimento-_reunioes_com_entidades.odt" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5713/requerimento_31-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5714/requerimento_32-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5715/requerimento_33-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5743/requerimento_de_mocao_de_congratulacao.docx" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5744/requerimento_35-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5745/requerimento_36-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5780/requerimento_37-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5781/requerimento_38-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5782/requerimento_39-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5783/requerimento_40-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5803/requerimento_41-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5804/requerimento_42-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5805/requerimento_43-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5806/requerimento_44-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5807/requerimento_45-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5808/requerimento_46-2025.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5809/requerimento_47-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5835/requerimento_48-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5836/requerimento_49-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5837/requerimento_50-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5838/requerimento_51-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5839/requerimento_52-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5841/requerimento_53-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5840/requerimento_53-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5868/requerimento_55-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5869/requerimento_56-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5870/requerimento_57-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5871/requerimento_58-2025.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5872/requerimento_59-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5874/requerimento_60-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5901/requerimento_62-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5902/requerimento_63-2025.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5903/requerimento_64-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5904/requerimento_65-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5934/requerimento_66-2025.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5935/requerimento_67-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5936/requerimento_68-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5937/requerimento_69-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5938/requerimento_70-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5968/requerimento_71-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5969/requerimento_72-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5970/requerimento_73-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5971/requerimento_74-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5972/requerimento_75-2025.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5973/requerimento_76-2025.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5974/requerimento_77-2025.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5975/requerimento_78-2025.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5990/requerimento_79-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5991/requerimento_80-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5992/requerimento_81-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5993/requerimento_82-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5995/requerimento_83-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5997/requerimento_84-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/5998/requerimento_85-2025.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6020/requerimento_86-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6021/requerimento_87-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6022/requerimento_88-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6023/requerimento_89-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6024/requerimento_90-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6025/requerimento_91-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6026/requerimento_92-2025.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6050/requerimento_93-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6051/requerimento_94-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6052/requerimento_95-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6053/requerimento_96-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6054/requerimento_97-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6055/requerimento_98-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6056/requerimento_99-2025.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6070/requerimento_100-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6072/requerimento_101-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6074/requerimento_102-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6076/requerimento_103-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6077/requerimento_104-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6079/requerimento_105-2025.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6089/requerimento_106-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6090/requerimento_107-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6091/requerimento_108-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6092/requerimento_109-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6093/requerimento_110-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6094/requerimento_111-2025.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6115/requerimento_112-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6116/requerimento_113-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6117/requerimento_114-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6118/requerimento_115-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6119/requerimento_116-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6120/requerimento_117-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6121/requerimento_118-2025.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6122/requerimento_119-2025.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6123/requerimento_120-2025.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6124/requerimento_121-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6139/requerimento_122-2025_1.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6140/requerimento_123-2025_mocao_1.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6141/requerimento_124-2025_mocao_1.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6142/requerimento_125-2025_mocao_1.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6143/requerimento_126-2025_1.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6150/requerimento_127-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6151/requerimento_128-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6152/requerimento_129-2025_mocao.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6153/requerimento_131-2025.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6154/requerimento_131-2025.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6155/requerimento_132-2025.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6171/requerimento_133-2025_1.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6173/requerimento_135-2025_mocao_1.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomdespacho.mg.leg.br/media/sapl/public/materialegislativa/2025/6174/requerimento_136-2025_mocao_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H619"/>
+  <dimension ref="A1:H633"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="111.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="176.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -20671,3648 +20838,4012 @@
       </c>
       <c r="D480" t="s">
         <v>11</v>
       </c>
       <c r="E480" t="s">
         <v>12</v>
       </c>
       <c r="F480" t="s">
         <v>64</v>
       </c>
       <c r="G480" s="1" t="s">
         <v>1941</v>
       </c>
       <c r="H480" t="s">
         <v>1942</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
         <v>1943</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>21</v>
+        <v>1944</v>
       </c>
       <c r="D481" t="s">
-        <v>1944</v>
+        <v>11</v>
       </c>
       <c r="E481" t="s">
+        <v>12</v>
+      </c>
+      <c r="F481" t="s">
+        <v>49</v>
+      </c>
+      <c r="G481" s="1" t="s">
         <v>1945</v>
       </c>
-      <c r="F481" t="s">
+      <c r="H481" t="s">
         <v>1946</v>
-      </c>
-[...4 lines deleted...]
-        <v>1948</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1949</v>
+        <v>1947</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>73</v>
+        <v>1948</v>
       </c>
       <c r="D482" t="s">
-        <v>1950</v>
+        <v>11</v>
       </c>
       <c r="E482" t="s">
-        <v>1951</v>
+        <v>12</v>
       </c>
       <c r="F482" t="s">
         <v>49</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1952</v>
+        <v>1949</v>
       </c>
       <c r="H482" t="s">
-        <v>1953</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B483" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D483" t="s">
+        <v>11</v>
+      </c>
+      <c r="E483" t="s">
+        <v>12</v>
+      </c>
+      <c r="F483" t="s">
+        <v>13</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>1953</v>
+      </c>
+      <c r="H483" t="s">
         <v>1954</v>
-      </c>
-[...16 lines deleted...]
-        <v>1956</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
+        <v>1955</v>
+      </c>
+      <c r="B484" t="s">
+        <v>9</v>
+      </c>
+      <c r="C484" t="s">
+        <v>1956</v>
+      </c>
+      <c r="D484" t="s">
+        <v>11</v>
+      </c>
+      <c r="E484" t="s">
+        <v>12</v>
+      </c>
+      <c r="F484" t="s">
+        <v>13</v>
+      </c>
+      <c r="G484" s="1" t="s">
         <v>1957</v>
       </c>
-      <c r="B484" t="s">
-[...5 lines deleted...]
-      <c r="D484" t="s">
+      <c r="H484" t="s">
         <v>1958</v>
-      </c>
-[...10 lines deleted...]
-        <v>1960</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
+        <v>1959</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>1960</v>
+      </c>
+      <c r="D485" t="s">
+        <v>11</v>
+      </c>
+      <c r="E485" t="s">
+        <v>12</v>
+      </c>
+      <c r="F485" t="s">
+        <v>13</v>
+      </c>
+      <c r="G485" s="1" t="s">
         <v>1961</v>
       </c>
-      <c r="B485" t="s">
-[...14 lines deleted...]
-      <c r="G485" s="1" t="s">
+      <c r="H485" t="s">
         <v>1962</v>
-      </c>
-[...1 lines deleted...]
-        <v>1963</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B486" t="s">
+        <v>9</v>
+      </c>
+      <c r="C486" t="s">
         <v>1964</v>
       </c>
-      <c r="B486" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D486" t="s">
+        <v>11</v>
+      </c>
+      <c r="E486" t="s">
+        <v>12</v>
+      </c>
+      <c r="F486" t="s">
+        <v>59</v>
+      </c>
+      <c r="G486" s="1" t="s">
         <v>1965</v>
       </c>
-      <c r="E486" t="s">
+      <c r="H486" t="s">
         <v>1966</v>
-      </c>
-[...4 lines deleted...]
-        <v>1968</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B487" t="s">
+        <v>9</v>
+      </c>
+      <c r="C487" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D487" t="s">
+        <v>11</v>
+      </c>
+      <c r="E487" t="s">
+        <v>12</v>
+      </c>
+      <c r="F487" t="s">
+        <v>54</v>
+      </c>
+      <c r="G487" s="1" t="s">
         <v>1969</v>
       </c>
-      <c r="B487" t="s">
-[...14 lines deleted...]
-      <c r="G487" s="1" t="s">
+      <c r="H487" t="s">
         <v>1970</v>
-      </c>
-[...1 lines deleted...]
-        <v>1971</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
         <v>1972</v>
       </c>
-      <c r="B488" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D488" t="s">
+        <v>11</v>
+      </c>
+      <c r="E488" t="s">
+        <v>12</v>
+      </c>
+      <c r="F488" t="s">
+        <v>40</v>
+      </c>
+      <c r="G488" s="1" t="s">
         <v>1973</v>
       </c>
-      <c r="E488" t="s">
+      <c r="H488" t="s">
         <v>1974</v>
-      </c>
-[...7 lines deleted...]
-        <v>1976</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D489" t="s">
+        <v>11</v>
+      </c>
+      <c r="E489" t="s">
+        <v>12</v>
+      </c>
+      <c r="F489" t="s">
+        <v>40</v>
+      </c>
+      <c r="G489" s="1" t="s">
         <v>1977</v>
       </c>
-      <c r="B489" t="s">
-[...14 lines deleted...]
-      <c r="G489" s="1" t="s">
+      <c r="H489" t="s">
         <v>1978</v>
-      </c>
-[...1 lines deleted...]
-        <v>1979</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
+        <v>1979</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
         <v>1980</v>
       </c>
-      <c r="B490" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D490" t="s">
-        <v>1973</v>
+        <v>11</v>
       </c>
       <c r="E490" t="s">
-        <v>1974</v>
+        <v>12</v>
       </c>
       <c r="F490" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="G490" s="1" t="s">
         <v>1981</v>
       </c>
       <c r="H490" t="s">
         <v>1982</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
         <v>1983</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D491" t="s">
-        <v>1973</v>
+        <v>1984</v>
       </c>
       <c r="E491" t="s">
-        <v>1974</v>
+        <v>1985</v>
       </c>
       <c r="F491" t="s">
-        <v>22</v>
+        <v>1986</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1984</v>
+        <v>1987</v>
       </c>
       <c r="H491" t="s">
-        <v>1985</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1986</v>
+        <v>1989</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="D492" t="s">
-        <v>1973</v>
+        <v>1990</v>
       </c>
       <c r="E492" t="s">
-        <v>1974</v>
+        <v>1991</v>
       </c>
       <c r="F492" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1987</v>
+        <v>1992</v>
       </c>
       <c r="H492" t="s">
-        <v>1988</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>35</v>
+        <v>369</v>
       </c>
       <c r="D493" t="s">
-        <v>1973</v>
+        <v>1990</v>
       </c>
       <c r="E493" t="s">
-        <v>1974</v>
-[...2 lines deleted...]
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1991</v>
+        <v>1995</v>
       </c>
       <c r="H493" t="s">
-        <v>1992</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1993</v>
+        <v>1997</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>39</v>
+        <v>243</v>
       </c>
       <c r="D494" t="s">
-        <v>1973</v>
+        <v>1998</v>
       </c>
       <c r="E494" t="s">
-        <v>1974</v>
+        <v>1999</v>
       </c>
       <c r="F494" t="s">
-        <v>59</v>
+        <v>1986</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1994</v>
+        <v>1992</v>
       </c>
       <c r="H494" t="s">
-        <v>1995</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1996</v>
+        <v>2001</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>44</v>
+        <v>373</v>
       </c>
       <c r="D495" t="s">
-        <v>1973</v>
+        <v>1998</v>
       </c>
       <c r="E495" t="s">
-        <v>1974</v>
+        <v>1999</v>
       </c>
       <c r="F495" t="s">
-        <v>54</v>
+        <v>1986</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1997</v>
+        <v>2002</v>
       </c>
       <c r="H495" t="s">
-        <v>1998</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1999</v>
+        <v>2004</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="D496" t="s">
-        <v>1973</v>
+        <v>2005</v>
       </c>
       <c r="E496" t="s">
-        <v>1974</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>2006</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>2000</v>
+        <v>2007</v>
       </c>
       <c r="H496" t="s">
-        <v>2001</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>53</v>
+        <v>243</v>
       </c>
       <c r="D497" t="s">
-        <v>1973</v>
+        <v>2005</v>
       </c>
       <c r="E497" t="s">
-        <v>1974</v>
+        <v>2006</v>
       </c>
       <c r="F497" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>2003</v>
+        <v>2010</v>
       </c>
       <c r="H497" t="s">
-        <v>2004</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>2005</v>
+        <v>2012</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="D498" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E498" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F498" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>2006</v>
+        <v>2015</v>
       </c>
       <c r="H498" t="s">
-        <v>2007</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="D499" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E499" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F499" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>2009</v>
+        <v>2018</v>
       </c>
       <c r="H499" t="s">
-        <v>2010</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="D500" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E500" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F500" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="H500" t="s">
-        <v>2013</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B501" t="s">
+        <v>9</v>
+      </c>
+      <c r="C501" t="s">
+        <v>26</v>
+      </c>
+      <c r="D501" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E501" t="s">
         <v>2014</v>
       </c>
-      <c r="B501" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F501" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="H501" t="s">
-        <v>2016</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>2017</v>
+        <v>2026</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>77</v>
+        <v>30</v>
       </c>
       <c r="D502" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E502" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F502" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>2018</v>
+        <v>2027</v>
       </c>
       <c r="H502" t="s">
-        <v>2019</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>2020</v>
+        <v>2029</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>81</v>
+        <v>35</v>
       </c>
       <c r="D503" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E503" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F503" t="s">
-        <v>2021</v>
+        <v>2030</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>2022</v>
+        <v>2031</v>
       </c>
       <c r="H503" t="s">
-        <v>2023</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>2024</v>
+        <v>2033</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>85</v>
+        <v>39</v>
       </c>
       <c r="D504" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E504" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F504" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>2025</v>
+        <v>2034</v>
       </c>
       <c r="H504" t="s">
-        <v>2026</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>2027</v>
+        <v>2036</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>89</v>
+        <v>44</v>
       </c>
       <c r="D505" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E505" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F505" t="s">
-        <v>2028</v>
+        <v>54</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>2029</v>
+        <v>2037</v>
       </c>
       <c r="H505" t="s">
-        <v>2030</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>2031</v>
+        <v>2039</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>93</v>
+        <v>48</v>
       </c>
       <c r="D506" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E506" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F506" t="s">
-        <v>2032</v>
+        <v>54</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>2033</v>
+        <v>2040</v>
       </c>
       <c r="H506" t="s">
-        <v>2034</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>2035</v>
+        <v>2042</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>97</v>
+        <v>53</v>
       </c>
       <c r="D507" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E507" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F507" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>2036</v>
+        <v>2043</v>
       </c>
       <c r="H507" t="s">
-        <v>2037</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>2038</v>
+        <v>2045</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>101</v>
+        <v>58</v>
       </c>
       <c r="D508" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E508" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F508" t="s">
-        <v>2039</v>
+        <v>59</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>2040</v>
+        <v>2046</v>
       </c>
       <c r="H508" t="s">
-        <v>2041</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>2042</v>
+        <v>2048</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>105</v>
+        <v>63</v>
       </c>
       <c r="D509" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E509" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F509" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>2043</v>
+        <v>2049</v>
       </c>
       <c r="H509" t="s">
-        <v>2044</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>2045</v>
+        <v>2051</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>109</v>
+        <v>68</v>
       </c>
       <c r="D510" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E510" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F510" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>2046</v>
+        <v>2052</v>
       </c>
       <c r="H510" t="s">
-        <v>2047</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>2048</v>
+        <v>2054</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>113</v>
+        <v>73</v>
       </c>
       <c r="D511" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E511" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F511" t="s">
-        <v>2049</v>
+        <v>40</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>2050</v>
+        <v>2055</v>
       </c>
       <c r="H511" t="s">
-        <v>2051</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>2052</v>
+        <v>2057</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>118</v>
+        <v>77</v>
       </c>
       <c r="D512" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E512" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F512" t="s">
-        <v>2049</v>
+        <v>49</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>2053</v>
+        <v>2058</v>
       </c>
       <c r="H512" t="s">
-        <v>2054</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>2055</v>
+        <v>2060</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>122</v>
+        <v>81</v>
       </c>
       <c r="D513" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E513" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F513" t="s">
-        <v>2056</v>
+        <v>2061</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>2057</v>
+        <v>2062</v>
       </c>
       <c r="H513" t="s">
-        <v>2058</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>2059</v>
+        <v>2064</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>126</v>
+        <v>85</v>
       </c>
       <c r="D514" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E514" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F514" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>2060</v>
+        <v>2065</v>
       </c>
       <c r="H514" t="s">
-        <v>2061</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>2062</v>
+        <v>2067</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>130</v>
+        <v>89</v>
       </c>
       <c r="D515" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E515" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F515" t="s">
-        <v>69</v>
+        <v>2068</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>2063</v>
+        <v>2069</v>
       </c>
       <c r="H515" t="s">
-        <v>2064</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>2065</v>
+        <v>2071</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>134</v>
+        <v>93</v>
       </c>
       <c r="D516" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E516" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F516" t="s">
-        <v>54</v>
+        <v>2072</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>2066</v>
+        <v>2073</v>
       </c>
       <c r="H516" t="s">
-        <v>2067</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>2068</v>
+        <v>2075</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>138</v>
+        <v>97</v>
       </c>
       <c r="D517" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E517" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F517" t="s">
-        <v>2069</v>
+        <v>31</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>2070</v>
+        <v>2076</v>
       </c>
       <c r="H517" t="s">
-        <v>2071</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>2072</v>
+        <v>2078</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>142</v>
+        <v>101</v>
       </c>
       <c r="D518" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E518" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F518" t="s">
-        <v>2073</v>
+        <v>2079</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>2074</v>
+        <v>2080</v>
       </c>
       <c r="H518" t="s">
-        <v>2075</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>2076</v>
+        <v>2082</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>146</v>
+        <v>105</v>
       </c>
       <c r="D519" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E519" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F519" t="s">
-        <v>2077</v>
+        <v>13</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>2078</v>
+        <v>2083</v>
       </c>
       <c r="H519" t="s">
-        <v>2079</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>2080</v>
+        <v>2085</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>151</v>
+        <v>109</v>
       </c>
       <c r="D520" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E520" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F520" t="s">
-        <v>2081</v>
+        <v>59</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>2082</v>
+        <v>2086</v>
       </c>
       <c r="H520" t="s">
-        <v>2083</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>2084</v>
+        <v>2088</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>155</v>
+        <v>113</v>
       </c>
       <c r="D521" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E521" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F521" t="s">
-        <v>31</v>
+        <v>2089</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>2085</v>
+        <v>2090</v>
       </c>
       <c r="H521" t="s">
-        <v>2086</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>2087</v>
+        <v>2092</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>159</v>
+        <v>118</v>
       </c>
       <c r="D522" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E522" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F522" t="s">
-        <v>13</v>
+        <v>2089</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>2088</v>
+        <v>2093</v>
       </c>
       <c r="H522" t="s">
-        <v>2089</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>2090</v>
+        <v>2095</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>163</v>
+        <v>122</v>
       </c>
       <c r="D523" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E523" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F523" t="s">
-        <v>69</v>
+        <v>2096</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>2091</v>
+        <v>2097</v>
       </c>
       <c r="H523" t="s">
-        <v>2092</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>2093</v>
+        <v>2099</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>167</v>
+        <v>126</v>
       </c>
       <c r="D524" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E524" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F524" t="s">
-        <v>2094</v>
+        <v>69</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>2095</v>
+        <v>2100</v>
       </c>
       <c r="H524" t="s">
-        <v>2096</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>2097</v>
+        <v>2102</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>171</v>
+        <v>130</v>
       </c>
       <c r="D525" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E525" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F525" t="s">
-        <v>2094</v>
+        <v>69</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>2098</v>
+        <v>2103</v>
       </c>
       <c r="H525" t="s">
-        <v>2099</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>2100</v>
+        <v>2105</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>175</v>
+        <v>134</v>
       </c>
       <c r="D526" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E526" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F526" t="s">
-        <v>2094</v>
+        <v>54</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>2101</v>
+        <v>2106</v>
       </c>
       <c r="H526" t="s">
-        <v>2102</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>2103</v>
+        <v>2108</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>179</v>
+        <v>138</v>
       </c>
       <c r="D527" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E527" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F527" t="s">
-        <v>2094</v>
+        <v>2109</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>2104</v>
+        <v>2110</v>
       </c>
       <c r="H527" t="s">
-        <v>2105</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>2106</v>
+        <v>2112</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>183</v>
+        <v>142</v>
       </c>
       <c r="D528" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E528" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F528" t="s">
-        <v>2049</v>
+        <v>2113</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>2107</v>
+        <v>2114</v>
       </c>
       <c r="H528" t="s">
-        <v>2108</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>2109</v>
+        <v>2116</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>187</v>
+        <v>146</v>
       </c>
       <c r="D529" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E529" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F529" t="s">
-        <v>2110</v>
+        <v>2117</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>2111</v>
+        <v>2118</v>
       </c>
       <c r="H529" t="s">
-        <v>2112</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>2113</v>
+        <v>2120</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>191</v>
+        <v>151</v>
       </c>
       <c r="D530" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E530" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F530" t="s">
-        <v>2114</v>
+        <v>2121</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>2115</v>
+        <v>2122</v>
       </c>
       <c r="H530" t="s">
-        <v>2116</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>2117</v>
+        <v>2124</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>195</v>
+        <v>155</v>
       </c>
       <c r="D531" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E531" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F531" t="s">
-        <v>2118</v>
+        <v>31</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>2119</v>
+        <v>2125</v>
       </c>
       <c r="H531" t="s">
-        <v>2120</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>2121</v>
+        <v>2127</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>199</v>
+        <v>159</v>
       </c>
       <c r="D532" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E532" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F532" t="s">
-        <v>2122</v>
+        <v>13</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>2123</v>
+        <v>2128</v>
       </c>
       <c r="H532" t="s">
-        <v>2124</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>2125</v>
+        <v>2130</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>203</v>
+        <v>163</v>
       </c>
       <c r="D533" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E533" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F533" t="s">
-        <v>2126</v>
+        <v>69</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>2127</v>
+        <v>2131</v>
       </c>
       <c r="H533" t="s">
-        <v>2128</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>2129</v>
+        <v>2133</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>207</v>
+        <v>167</v>
       </c>
       <c r="D534" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E534" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F534" t="s">
-        <v>2049</v>
+        <v>2134</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>2130</v>
+        <v>2135</v>
       </c>
       <c r="H534" t="s">
-        <v>2131</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>2132</v>
+        <v>2137</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>211</v>
+        <v>171</v>
       </c>
       <c r="D535" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E535" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F535" t="s">
-        <v>2049</v>
+        <v>2134</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>2133</v>
+        <v>2138</v>
       </c>
       <c r="H535" t="s">
-        <v>2134</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>2135</v>
+        <v>2140</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>215</v>
+        <v>175</v>
       </c>
       <c r="D536" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E536" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F536" t="s">
-        <v>2136</v>
+        <v>2134</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>2137</v>
+        <v>2141</v>
       </c>
       <c r="H536" t="s">
-        <v>2138</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>2139</v>
+        <v>2143</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>219</v>
+        <v>179</v>
       </c>
       <c r="D537" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E537" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F537" t="s">
-        <v>2140</v>
+        <v>2134</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>2141</v>
+        <v>2144</v>
       </c>
       <c r="H537" t="s">
-        <v>2142</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>2143</v>
+        <v>2146</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>223</v>
+        <v>183</v>
       </c>
       <c r="D538" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E538" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F538" t="s">
-        <v>2136</v>
+        <v>2089</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>2144</v>
+        <v>2147</v>
       </c>
       <c r="H538" t="s">
-        <v>2145</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>2146</v>
+        <v>2149</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>227</v>
+        <v>187</v>
       </c>
       <c r="D539" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E539" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F539" t="s">
-        <v>2147</v>
+        <v>2150</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>2148</v>
+        <v>2151</v>
       </c>
       <c r="H539" t="s">
-        <v>2149</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>2150</v>
+        <v>2153</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>231</v>
+        <v>191</v>
       </c>
       <c r="D540" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E540" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F540" t="s">
-        <v>2122</v>
+        <v>2154</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>2151</v>
+        <v>2155</v>
       </c>
       <c r="H540" t="s">
-        <v>2152</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>2153</v>
+        <v>2157</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="D541" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E541" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F541" t="s">
-        <v>2154</v>
+        <v>2158</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>2155</v>
+        <v>2159</v>
       </c>
       <c r="H541" t="s">
-        <v>2156</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>2157</v>
+        <v>2161</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>239</v>
+        <v>199</v>
       </c>
       <c r="D542" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E542" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F542" t="s">
-        <v>2136</v>
+        <v>2162</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>2158</v>
+        <v>2163</v>
       </c>
       <c r="H542" t="s">
-        <v>2159</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>2160</v>
+        <v>2165</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>243</v>
+        <v>203</v>
       </c>
       <c r="D543" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E543" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F543" t="s">
-        <v>2161</v>
+        <v>2166</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>2162</v>
+        <v>2167</v>
       </c>
       <c r="H543" t="s">
-        <v>2163</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>2164</v>
+        <v>2169</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>247</v>
+        <v>207</v>
       </c>
       <c r="D544" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E544" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F544" t="s">
-        <v>2136</v>
+        <v>2089</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>2165</v>
+        <v>2170</v>
       </c>
       <c r="H544" t="s">
-        <v>2166</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>2167</v>
+        <v>2172</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>251</v>
+        <v>211</v>
       </c>
       <c r="D545" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E545" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F545" t="s">
-        <v>2049</v>
+        <v>2089</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>2168</v>
+        <v>2173</v>
       </c>
       <c r="H545" t="s">
-        <v>2169</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>2170</v>
+        <v>2175</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>255</v>
+        <v>215</v>
       </c>
       <c r="D546" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E546" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F546" t="s">
-        <v>2049</v>
+        <v>2176</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>2171</v>
+        <v>2177</v>
       </c>
       <c r="H546" t="s">
-        <v>2172</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>2173</v>
+        <v>2179</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>259</v>
+        <v>219</v>
       </c>
       <c r="D547" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E547" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F547" t="s">
-        <v>2174</v>
+        <v>2180</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>2175</v>
+        <v>2181</v>
       </c>
       <c r="H547" t="s">
-        <v>2176</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>2177</v>
+        <v>2183</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>263</v>
+        <v>223</v>
       </c>
       <c r="D548" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E548" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F548" t="s">
-        <v>147</v>
+        <v>2176</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>1952</v>
+        <v>2184</v>
       </c>
       <c r="H548" t="s">
-        <v>2178</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>2179</v>
+        <v>2186</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>267</v>
+        <v>227</v>
       </c>
       <c r="D549" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E549" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F549" t="s">
-        <v>2094</v>
+        <v>2187</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>2180</v>
+        <v>2188</v>
       </c>
       <c r="H549" t="s">
-        <v>2181</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>2182</v>
+        <v>2190</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>271</v>
+        <v>231</v>
       </c>
       <c r="D550" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E550" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F550" t="s">
-        <v>2183</v>
+        <v>2162</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>2184</v>
+        <v>2191</v>
       </c>
       <c r="H550" t="s">
-        <v>2185</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>2186</v>
+        <v>2193</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>275</v>
+        <v>235</v>
       </c>
       <c r="D551" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E551" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F551" t="s">
-        <v>2073</v>
+        <v>2194</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>2187</v>
+        <v>2195</v>
       </c>
       <c r="H551" t="s">
-        <v>2188</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>2189</v>
+        <v>2197</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>280</v>
+        <v>239</v>
       </c>
       <c r="D552" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E552" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F552" t="s">
-        <v>2056</v>
+        <v>2176</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>2190</v>
+        <v>2198</v>
       </c>
       <c r="H552" t="s">
-        <v>2191</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>2192</v>
+        <v>2200</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>284</v>
+        <v>243</v>
       </c>
       <c r="D553" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E553" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F553" t="s">
-        <v>2193</v>
+        <v>2201</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>2194</v>
+        <v>2202</v>
       </c>
       <c r="H553" t="s">
-        <v>2195</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>2196</v>
+        <v>2204</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>288</v>
+        <v>247</v>
       </c>
       <c r="D554" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E554" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F554" t="s">
-        <v>2094</v>
+        <v>2176</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>2197</v>
+        <v>2205</v>
       </c>
       <c r="H554" t="s">
-        <v>2198</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>2199</v>
+        <v>2207</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>292</v>
+        <v>251</v>
       </c>
       <c r="D555" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E555" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F555" t="s">
-        <v>2200</v>
+        <v>2089</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>2201</v>
+        <v>2208</v>
       </c>
       <c r="H555" t="s">
-        <v>2202</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>2203</v>
+        <v>2210</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>296</v>
+        <v>255</v>
       </c>
       <c r="D556" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E556" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F556" t="s">
-        <v>2204</v>
+        <v>2089</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="H556" t="s">
-        <v>2206</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>2207</v>
+        <v>2213</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>300</v>
+        <v>259</v>
       </c>
       <c r="D557" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E557" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F557" t="s">
-        <v>2049</v>
+        <v>2214</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>2208</v>
+        <v>2215</v>
       </c>
       <c r="H557" t="s">
-        <v>2209</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>2210</v>
+        <v>2217</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>304</v>
+        <v>263</v>
       </c>
       <c r="D558" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E558" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F558" t="s">
-        <v>2118</v>
+        <v>147</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>2211</v>
+        <v>1992</v>
       </c>
       <c r="H558" t="s">
-        <v>2212</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>2213</v>
+        <v>2219</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>308</v>
+        <v>267</v>
       </c>
       <c r="D559" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E559" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F559" t="s">
-        <v>2118</v>
+        <v>2134</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>2214</v>
+        <v>2220</v>
       </c>
       <c r="H559" t="s">
-        <v>2215</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>2216</v>
+        <v>2222</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>312</v>
+        <v>271</v>
       </c>
       <c r="D560" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E560" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F560" t="s">
-        <v>2094</v>
+        <v>2223</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="H560" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>2219</v>
+        <v>2226</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>316</v>
+        <v>275</v>
       </c>
       <c r="D561" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E561" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F561" t="s">
-        <v>2136</v>
+        <v>2113</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>2220</v>
+        <v>2227</v>
       </c>
       <c r="H561" t="s">
-        <v>2221</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>2222</v>
+        <v>2229</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>321</v>
+        <v>280</v>
       </c>
       <c r="D562" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E562" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F562" t="s">
-        <v>2223</v>
+        <v>2096</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>2224</v>
+        <v>2230</v>
       </c>
       <c r="H562" t="s">
-        <v>2225</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>2226</v>
+        <v>2232</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>325</v>
+        <v>284</v>
       </c>
       <c r="D563" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E563" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F563" t="s">
-        <v>2227</v>
+        <v>2233</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>2228</v>
+        <v>2234</v>
       </c>
       <c r="H563" t="s">
-        <v>2229</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>2230</v>
+        <v>2236</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>329</v>
+        <v>288</v>
       </c>
       <c r="D564" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E564" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F564" t="s">
-        <v>2231</v>
+        <v>2134</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>2232</v>
+        <v>2237</v>
       </c>
       <c r="H564" t="s">
-        <v>2233</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>2234</v>
+        <v>2239</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>333</v>
+        <v>292</v>
       </c>
       <c r="D565" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E565" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F565" t="s">
-        <v>2231</v>
+        <v>2240</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>2235</v>
+        <v>2241</v>
       </c>
       <c r="H565" t="s">
-        <v>2236</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>2237</v>
+        <v>2243</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>337</v>
+        <v>296</v>
       </c>
       <c r="D566" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E566" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F566" t="s">
-        <v>2238</v>
+        <v>2244</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>2239</v>
+        <v>2245</v>
       </c>
       <c r="H566" t="s">
-        <v>2240</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>2241</v>
+        <v>2247</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>341</v>
+        <v>300</v>
       </c>
       <c r="D567" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E567" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F567" t="s">
-        <v>2242</v>
+        <v>2089</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>2243</v>
+        <v>2248</v>
       </c>
       <c r="H567" t="s">
-        <v>2244</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>2245</v>
+        <v>2250</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>345</v>
+        <v>304</v>
       </c>
       <c r="D568" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E568" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F568" t="s">
-        <v>64</v>
+        <v>2158</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>2246</v>
+        <v>2251</v>
       </c>
       <c r="H568" t="s">
-        <v>2247</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>2248</v>
+        <v>2253</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>349</v>
+        <v>308</v>
       </c>
       <c r="D569" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E569" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F569" t="s">
-        <v>2249</v>
+        <v>2158</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>2250</v>
+        <v>2254</v>
       </c>
       <c r="H569" t="s">
-        <v>2251</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>2252</v>
+        <v>2256</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>353</v>
+        <v>312</v>
       </c>
       <c r="D570" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E570" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F570" t="s">
-        <v>2253</v>
+        <v>2134</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>2254</v>
+        <v>2257</v>
       </c>
       <c r="H570" t="s">
-        <v>2255</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>2256</v>
+        <v>2259</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>357</v>
+        <v>316</v>
       </c>
       <c r="D571" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E571" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F571" t="s">
-        <v>54</v>
+        <v>2176</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>2257</v>
+        <v>2260</v>
       </c>
       <c r="H571" t="s">
-        <v>2258</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>2259</v>
+        <v>2262</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>361</v>
+        <v>321</v>
       </c>
       <c r="D572" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E572" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F572" t="s">
-        <v>2260</v>
+        <v>2263</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>2261</v>
+        <v>2264</v>
       </c>
       <c r="H572" t="s">
-        <v>2262</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>2263</v>
+        <v>2266</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>365</v>
+        <v>325</v>
       </c>
       <c r="D573" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E573" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F573" t="s">
-        <v>2264</v>
+        <v>2267</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>2265</v>
+        <v>2268</v>
       </c>
       <c r="H573" t="s">
-        <v>2266</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>2267</v>
+        <v>2270</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>369</v>
+        <v>329</v>
       </c>
       <c r="D574" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E574" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F574" t="s">
-        <v>2264</v>
+        <v>2271</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>2268</v>
+        <v>2272</v>
       </c>
       <c r="H574" t="s">
-        <v>2269</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>2270</v>
+        <v>2274</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>373</v>
+        <v>333</v>
       </c>
       <c r="D575" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E575" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F575" t="s">
-        <v>2264</v>
+        <v>2271</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>2271</v>
+        <v>2275</v>
       </c>
       <c r="H575" t="s">
-        <v>2272</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>2273</v>
+        <v>2277</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>377</v>
+        <v>337</v>
       </c>
       <c r="D576" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E576" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F576" t="s">
-        <v>2274</v>
+        <v>2278</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>2275</v>
+        <v>2279</v>
       </c>
       <c r="H576" t="s">
-        <v>2276</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>2277</v>
+        <v>2281</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>381</v>
+        <v>341</v>
       </c>
       <c r="D577" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E577" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F577" t="s">
-        <v>2278</v>
+        <v>2282</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>2279</v>
+        <v>2283</v>
       </c>
       <c r="H577" t="s">
-        <v>2280</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>2281</v>
+        <v>2285</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>385</v>
+        <v>345</v>
       </c>
       <c r="D578" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E578" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F578" t="s">
-        <v>2282</v>
+        <v>64</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>2283</v>
+        <v>2286</v>
       </c>
       <c r="H578" t="s">
-        <v>2284</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>2285</v>
+        <v>2288</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>389</v>
+        <v>349</v>
       </c>
       <c r="D579" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E579" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F579" t="s">
-        <v>2260</v>
+        <v>2289</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>2286</v>
+        <v>2290</v>
       </c>
       <c r="H579" t="s">
-        <v>2287</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>2288</v>
+        <v>2292</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>393</v>
+        <v>353</v>
       </c>
       <c r="D580" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E580" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F580" t="s">
-        <v>2289</v>
+        <v>2293</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>2290</v>
+        <v>2294</v>
       </c>
       <c r="H580" t="s">
-        <v>2291</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>2292</v>
+        <v>2296</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>397</v>
+        <v>357</v>
       </c>
       <c r="D581" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E581" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F581" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>2293</v>
+        <v>2297</v>
       </c>
       <c r="H581" t="s">
-        <v>2294</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>2295</v>
+        <v>2299</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>401</v>
+        <v>361</v>
       </c>
       <c r="D582" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E582" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F582" t="s">
-        <v>2289</v>
+        <v>2300</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>2296</v>
+        <v>2301</v>
       </c>
       <c r="H582" t="s">
-        <v>2297</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>2298</v>
+        <v>2303</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>405</v>
+        <v>365</v>
       </c>
       <c r="D583" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E583" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F583" t="s">
-        <v>59</v>
+        <v>2304</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>2299</v>
+        <v>2305</v>
       </c>
       <c r="H583" t="s">
-        <v>2300</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>2301</v>
+        <v>2307</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>409</v>
+        <v>369</v>
       </c>
       <c r="D584" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E584" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F584" t="s">
-        <v>2302</v>
+        <v>2304</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>2303</v>
+        <v>2308</v>
       </c>
       <c r="H584" t="s">
-        <v>2304</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
-        <v>2305</v>
+        <v>2310</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>413</v>
+        <v>373</v>
       </c>
       <c r="D585" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E585" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F585" t="s">
-        <v>2136</v>
+        <v>2304</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>2306</v>
+        <v>2311</v>
       </c>
       <c r="H585" t="s">
-        <v>2307</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>2308</v>
+        <v>2313</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>417</v>
+        <v>377</v>
       </c>
       <c r="D586" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E586" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F586" t="s">
-        <v>40</v>
+        <v>2314</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>2309</v>
+        <v>2315</v>
       </c>
       <c r="H586" t="s">
-        <v>2310</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>2311</v>
+        <v>2317</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>421</v>
+        <v>381</v>
       </c>
       <c r="D587" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E587" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F587" t="s">
-        <v>2312</v>
+        <v>2318</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>2313</v>
+        <v>2319</v>
       </c>
       <c r="H587" t="s">
-        <v>2314</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>2315</v>
+        <v>2321</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>425</v>
+        <v>385</v>
       </c>
       <c r="D588" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E588" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F588" t="s">
-        <v>2289</v>
+        <v>2322</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>2316</v>
+        <v>2323</v>
       </c>
       <c r="H588" t="s">
-        <v>2317</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
-        <v>2318</v>
+        <v>2325</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>429</v>
+        <v>389</v>
       </c>
       <c r="D589" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E589" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F589" t="s">
-        <v>2319</v>
+        <v>2300</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>2320</v>
+        <v>2326</v>
       </c>
       <c r="H589" t="s">
-        <v>2321</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
-        <v>2322</v>
+        <v>2328</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>433</v>
+        <v>393</v>
       </c>
       <c r="D590" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E590" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F590" t="s">
-        <v>2312</v>
+        <v>2329</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>2323</v>
+        <v>2330</v>
       </c>
       <c r="H590" t="s">
-        <v>2324</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>2325</v>
+        <v>2332</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>437</v>
+        <v>397</v>
       </c>
       <c r="D591" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E591" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F591" t="s">
-        <v>2147</v>
+        <v>49</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>2326</v>
+        <v>2333</v>
       </c>
       <c r="H591" t="s">
-        <v>2327</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>2328</v>
+        <v>2335</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>441</v>
+        <v>401</v>
       </c>
       <c r="D592" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E592" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F592" t="s">
-        <v>40</v>
+        <v>2329</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>2329</v>
+        <v>2336</v>
       </c>
       <c r="H592" t="s">
-        <v>2330</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>2331</v>
+        <v>2338</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>445</v>
+        <v>405</v>
       </c>
       <c r="D593" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E593" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F593" t="s">
-        <v>2289</v>
+        <v>59</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>2332</v>
+        <v>2339</v>
       </c>
       <c r="H593" t="s">
-        <v>2333</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>2334</v>
+        <v>2341</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>449</v>
+        <v>409</v>
       </c>
       <c r="D594" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E594" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F594" t="s">
-        <v>2289</v>
+        <v>2342</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>2335</v>
+        <v>2343</v>
       </c>
       <c r="H594" t="s">
-        <v>2336</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>2337</v>
+        <v>2345</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>453</v>
+        <v>413</v>
       </c>
       <c r="D595" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E595" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F595" t="s">
-        <v>2338</v>
+        <v>2176</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>2339</v>
+        <v>2346</v>
       </c>
       <c r="H595" t="s">
-        <v>2340</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>2341</v>
+        <v>2348</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>457</v>
+        <v>417</v>
       </c>
       <c r="D596" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E596" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F596" t="s">
-        <v>2049</v>
+        <v>40</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>2342</v>
+        <v>2349</v>
       </c>
       <c r="H596" t="s">
-        <v>2343</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>2344</v>
+        <v>2351</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>461</v>
+        <v>421</v>
       </c>
       <c r="D597" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E597" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F597" t="s">
-        <v>2345</v>
+        <v>2352</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>2346</v>
+        <v>2353</v>
       </c>
       <c r="H597" t="s">
-        <v>2347</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
-        <v>2348</v>
+        <v>2355</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>465</v>
+        <v>425</v>
       </c>
       <c r="D598" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E598" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F598" t="s">
-        <v>2349</v>
+        <v>2329</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>2350</v>
+        <v>2356</v>
       </c>
       <c r="H598" t="s">
-        <v>2351</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>2352</v>
+        <v>2358</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>470</v>
+        <v>429</v>
       </c>
       <c r="D599" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E599" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F599" t="s">
-        <v>2353</v>
+        <v>2359</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>2354</v>
+        <v>2360</v>
       </c>
       <c r="H599" t="s">
-        <v>2355</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>2356</v>
+        <v>2362</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>474</v>
+        <v>433</v>
       </c>
       <c r="D600" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E600" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F600" t="s">
-        <v>2357</v>
+        <v>2352</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>2358</v>
+        <v>2363</v>
       </c>
       <c r="H600" t="s">
-        <v>2359</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>2360</v>
+        <v>2365</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>478</v>
+        <v>437</v>
       </c>
       <c r="D601" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E601" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F601" t="s">
-        <v>2302</v>
+        <v>2187</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>2361</v>
+        <v>2366</v>
       </c>
       <c r="H601" t="s">
-        <v>2362</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>2363</v>
+        <v>2368</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>482</v>
+        <v>441</v>
       </c>
       <c r="D602" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E602" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F602" t="s">
-        <v>2364</v>
+        <v>40</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>2365</v>
+        <v>2369</v>
       </c>
       <c r="H602" t="s">
-        <v>2366</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>2367</v>
+        <v>2371</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
-        <v>486</v>
+        <v>445</v>
       </c>
       <c r="D603" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E603" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F603" t="s">
-        <v>31</v>
+        <v>2329</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>2368</v>
+        <v>2372</v>
       </c>
       <c r="H603" t="s">
-        <v>2369</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
-        <v>2370</v>
+        <v>2374</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
-        <v>490</v>
+        <v>449</v>
       </c>
       <c r="D604" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E604" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F604" t="s">
-        <v>2371</v>
+        <v>2329</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>2372</v>
+        <v>2375</v>
       </c>
       <c r="H604" t="s">
-        <v>2373</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
-        <v>2374</v>
+        <v>2377</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
-        <v>494</v>
+        <v>453</v>
       </c>
       <c r="D605" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E605" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F605" t="s">
-        <v>2231</v>
+        <v>2378</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>2375</v>
+        <v>2379</v>
       </c>
       <c r="H605" t="s">
-        <v>2376</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
-        <v>2377</v>
+        <v>2381</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
-        <v>497</v>
+        <v>457</v>
       </c>
       <c r="D606" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E606" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F606" t="s">
-        <v>2378</v>
+        <v>2089</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>2379</v>
+        <v>2382</v>
       </c>
       <c r="H606" t="s">
-        <v>2380</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
-        <v>2381</v>
+        <v>2384</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
-        <v>501</v>
+        <v>461</v>
       </c>
       <c r="D607" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E607" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F607" t="s">
-        <v>2382</v>
+        <v>2385</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>2383</v>
+        <v>2386</v>
       </c>
       <c r="H607" t="s">
-        <v>2384</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
-        <v>2385</v>
+        <v>2388</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
-        <v>505</v>
+        <v>465</v>
       </c>
       <c r="D608" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E608" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F608" t="s">
-        <v>2302</v>
+        <v>2389</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>2386</v>
+        <v>2390</v>
       </c>
       <c r="H608" t="s">
-        <v>2387</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
-        <v>2388</v>
+        <v>2392</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
-        <v>509</v>
+        <v>470</v>
       </c>
       <c r="D609" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E609" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F609" t="s">
-        <v>2136</v>
+        <v>2393</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>2389</v>
+        <v>2394</v>
       </c>
       <c r="H609" t="s">
-        <v>2390</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
-        <v>2391</v>
+        <v>2396</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
-        <v>513</v>
+        <v>474</v>
       </c>
       <c r="D610" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E610" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F610" t="s">
-        <v>2110</v>
+        <v>2397</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>2392</v>
+        <v>2398</v>
       </c>
       <c r="H610" t="s">
-        <v>2393</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
-        <v>2394</v>
+        <v>2400</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
-        <v>517</v>
+        <v>478</v>
       </c>
       <c r="D611" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E611" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F611" t="s">
-        <v>2395</v>
+        <v>2342</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>2396</v>
+        <v>2401</v>
       </c>
       <c r="H611" t="s">
-        <v>2397</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
-        <v>2398</v>
+        <v>2403</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
-        <v>521</v>
+        <v>482</v>
       </c>
       <c r="D612" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E612" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F612" t="s">
-        <v>2110</v>
+        <v>2404</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>2399</v>
+        <v>2405</v>
       </c>
       <c r="H612" t="s">
-        <v>2400</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
-        <v>2401</v>
+        <v>2407</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
-        <v>525</v>
+        <v>486</v>
       </c>
       <c r="D613" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E613" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F613" t="s">
-        <v>2278</v>
+        <v>31</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>2402</v>
+        <v>2408</v>
       </c>
       <c r="H613" t="s">
-        <v>2403</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
-        <v>2404</v>
+        <v>2410</v>
       </c>
       <c r="B614" t="s">
         <v>9</v>
       </c>
       <c r="C614" t="s">
-        <v>529</v>
+        <v>490</v>
       </c>
       <c r="D614" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E614" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F614" t="s">
-        <v>2049</v>
+        <v>2411</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>2405</v>
+        <v>2412</v>
       </c>
       <c r="H614" t="s">
-        <v>2406</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>2407</v>
+        <v>2414</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
-        <v>533</v>
+        <v>494</v>
       </c>
       <c r="D615" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E615" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F615" t="s">
-        <v>2408</v>
+        <v>2271</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>2409</v>
+        <v>2415</v>
       </c>
       <c r="H615" t="s">
-        <v>2410</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>2411</v>
+        <v>2417</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>537</v>
+        <v>497</v>
       </c>
       <c r="D616" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E616" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F616" t="s">
-        <v>2049</v>
+        <v>2418</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>2412</v>
+        <v>2419</v>
       </c>
       <c r="H616" t="s">
-        <v>2413</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
-        <v>2414</v>
+        <v>2421</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
-        <v>541</v>
+        <v>501</v>
       </c>
       <c r="D617" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E617" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F617" t="s">
-        <v>2094</v>
+        <v>2422</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>2415</v>
+        <v>2423</v>
       </c>
       <c r="H617" t="s">
-        <v>2416</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
-        <v>2417</v>
+        <v>2425</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
-        <v>545</v>
+        <v>505</v>
       </c>
       <c r="D618" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E618" t="s">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F618" t="s">
-        <v>2418</v>
+        <v>2342</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>2419</v>
+        <v>2426</v>
       </c>
       <c r="H618" t="s">
-        <v>2420</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
-        <v>2421</v>
+        <v>2428</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
+        <v>509</v>
+      </c>
+      <c r="D619" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E619" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F619" t="s">
+        <v>2176</v>
+      </c>
+      <c r="G619" s="1" t="s">
+        <v>2429</v>
+      </c>
+      <c r="H619" t="s">
+        <v>2430</v>
+      </c>
+    </row>
+    <row r="620" spans="1:8">
+      <c r="A620" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B620" t="s">
+        <v>9</v>
+      </c>
+      <c r="C620" t="s">
+        <v>513</v>
+      </c>
+      <c r="D620" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E620" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F620" t="s">
+        <v>2150</v>
+      </c>
+      <c r="G620" s="1" t="s">
+        <v>2432</v>
+      </c>
+      <c r="H620" t="s">
+        <v>2433</v>
+      </c>
+    </row>
+    <row r="621" spans="1:8">
+      <c r="A621" t="s">
+        <v>2434</v>
+      </c>
+      <c r="B621" t="s">
+        <v>9</v>
+      </c>
+      <c r="C621" t="s">
+        <v>517</v>
+      </c>
+      <c r="D621" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E621" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F621" t="s">
+        <v>2435</v>
+      </c>
+      <c r="G621" s="1" t="s">
+        <v>2436</v>
+      </c>
+      <c r="H621" t="s">
+        <v>2437</v>
+      </c>
+    </row>
+    <row r="622" spans="1:8">
+      <c r="A622" t="s">
+        <v>2438</v>
+      </c>
+      <c r="B622" t="s">
+        <v>9</v>
+      </c>
+      <c r="C622" t="s">
+        <v>521</v>
+      </c>
+      <c r="D622" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E622" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F622" t="s">
+        <v>2150</v>
+      </c>
+      <c r="G622" s="1" t="s">
+        <v>2439</v>
+      </c>
+      <c r="H622" t="s">
+        <v>2440</v>
+      </c>
+    </row>
+    <row r="623" spans="1:8">
+      <c r="A623" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B623" t="s">
+        <v>9</v>
+      </c>
+      <c r="C623" t="s">
+        <v>525</v>
+      </c>
+      <c r="D623" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E623" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F623" t="s">
+        <v>2318</v>
+      </c>
+      <c r="G623" s="1" t="s">
+        <v>2442</v>
+      </c>
+      <c r="H623" t="s">
+        <v>2443</v>
+      </c>
+    </row>
+    <row r="624" spans="1:8">
+      <c r="A624" t="s">
+        <v>2444</v>
+      </c>
+      <c r="B624" t="s">
+        <v>9</v>
+      </c>
+      <c r="C624" t="s">
+        <v>529</v>
+      </c>
+      <c r="D624" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E624" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F624" t="s">
+        <v>2089</v>
+      </c>
+      <c r="G624" s="1" t="s">
+        <v>2445</v>
+      </c>
+      <c r="H624" t="s">
+        <v>2446</v>
+      </c>
+    </row>
+    <row r="625" spans="1:8">
+      <c r="A625" t="s">
+        <v>2447</v>
+      </c>
+      <c r="B625" t="s">
+        <v>9</v>
+      </c>
+      <c r="C625" t="s">
+        <v>533</v>
+      </c>
+      <c r="D625" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E625" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F625" t="s">
+        <v>2448</v>
+      </c>
+      <c r="G625" s="1" t="s">
+        <v>2449</v>
+      </c>
+      <c r="H625" t="s">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="626" spans="1:8">
+      <c r="A626" t="s">
+        <v>2451</v>
+      </c>
+      <c r="B626" t="s">
+        <v>9</v>
+      </c>
+      <c r="C626" t="s">
+        <v>537</v>
+      </c>
+      <c r="D626" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E626" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F626" t="s">
+        <v>2089</v>
+      </c>
+      <c r="G626" s="1" t="s">
+        <v>2452</v>
+      </c>
+      <c r="H626" t="s">
+        <v>2453</v>
+      </c>
+    </row>
+    <row r="627" spans="1:8">
+      <c r="A627" t="s">
+        <v>2454</v>
+      </c>
+      <c r="B627" t="s">
+        <v>9</v>
+      </c>
+      <c r="C627" t="s">
+        <v>541</v>
+      </c>
+      <c r="D627" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E627" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F627" t="s">
+        <v>2134</v>
+      </c>
+      <c r="G627" s="1" t="s">
+        <v>2455</v>
+      </c>
+      <c r="H627" t="s">
+        <v>2456</v>
+      </c>
+    </row>
+    <row r="628" spans="1:8">
+      <c r="A628" t="s">
+        <v>2457</v>
+      </c>
+      <c r="B628" t="s">
+        <v>9</v>
+      </c>
+      <c r="C628" t="s">
+        <v>545</v>
+      </c>
+      <c r="D628" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E628" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F628" t="s">
+        <v>2458</v>
+      </c>
+      <c r="G628" s="1" t="s">
+        <v>2459</v>
+      </c>
+      <c r="H628" t="s">
+        <v>2460</v>
+      </c>
+    </row>
+    <row r="629" spans="1:8">
+      <c r="A629" t="s">
+        <v>2461</v>
+      </c>
+      <c r="B629" t="s">
+        <v>9</v>
+      </c>
+      <c r="C629" t="s">
         <v>549</v>
       </c>
-      <c r="D619" t="s">
-[...12 lines deleted...]
-        <v>2423</v>
+      <c r="D629" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E629" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F629" t="s">
+        <v>2300</v>
+      </c>
+      <c r="G629" s="1" t="s">
+        <v>2462</v>
+      </c>
+      <c r="H629" t="s">
+        <v>2463</v>
+      </c>
+    </row>
+    <row r="630" spans="1:8">
+      <c r="A630" t="s">
+        <v>2464</v>
+      </c>
+      <c r="B630" t="s">
+        <v>9</v>
+      </c>
+      <c r="C630" t="s">
+        <v>553</v>
+      </c>
+      <c r="D630" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E630" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F630" t="s">
+        <v>40</v>
+      </c>
+      <c r="G630" s="1" t="s">
+        <v>2465</v>
+      </c>
+      <c r="H630" t="s">
+        <v>2466</v>
+      </c>
+    </row>
+    <row r="631" spans="1:8">
+      <c r="A631" t="s">
+        <v>2467</v>
+      </c>
+      <c r="B631" t="s">
+        <v>9</v>
+      </c>
+      <c r="C631" t="s">
+        <v>557</v>
+      </c>
+      <c r="D631" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E631" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F631" t="s">
+        <v>2393</v>
+      </c>
+      <c r="G631" s="1" t="s">
+        <v>1992</v>
+      </c>
+      <c r="H631" t="s">
+        <v>2468</v>
+      </c>
+    </row>
+    <row r="632" spans="1:8">
+      <c r="A632" t="s">
+        <v>2469</v>
+      </c>
+      <c r="B632" t="s">
+        <v>9</v>
+      </c>
+      <c r="C632" t="s">
+        <v>561</v>
+      </c>
+      <c r="D632" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E632" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F632" t="s">
+        <v>2134</v>
+      </c>
+      <c r="G632" s="1" t="s">
+        <v>2470</v>
+      </c>
+      <c r="H632" t="s">
+        <v>2471</v>
+      </c>
+    </row>
+    <row r="633" spans="1:8">
+      <c r="A633" t="s">
+        <v>2472</v>
+      </c>
+      <c r="B633" t="s">
+        <v>9</v>
+      </c>
+      <c r="C633" t="s">
+        <v>565</v>
+      </c>
+      <c r="D633" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E633" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F633" t="s">
+        <v>2314</v>
+      </c>
+      <c r="G633" s="1" t="s">
+        <v>2473</v>
+      </c>
+      <c r="H633" t="s">
+        <v>2474</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -24891,50 +25422,64 @@
     <hyperlink ref="G595" r:id="rId594"/>
     <hyperlink ref="G596" r:id="rId595"/>
     <hyperlink ref="G597" r:id="rId596"/>
     <hyperlink ref="G598" r:id="rId597"/>
     <hyperlink ref="G599" r:id="rId598"/>
     <hyperlink ref="G600" r:id="rId599"/>
     <hyperlink ref="G601" r:id="rId600"/>
     <hyperlink ref="G602" r:id="rId601"/>
     <hyperlink ref="G603" r:id="rId602"/>
     <hyperlink ref="G604" r:id="rId603"/>
     <hyperlink ref="G605" r:id="rId604"/>
     <hyperlink ref="G606" r:id="rId605"/>
     <hyperlink ref="G607" r:id="rId606"/>
     <hyperlink ref="G608" r:id="rId607"/>
     <hyperlink ref="G609" r:id="rId608"/>
     <hyperlink ref="G610" r:id="rId609"/>
     <hyperlink ref="G611" r:id="rId610"/>
     <hyperlink ref="G612" r:id="rId611"/>
     <hyperlink ref="G613" r:id="rId612"/>
     <hyperlink ref="G614" r:id="rId613"/>
     <hyperlink ref="G615" r:id="rId614"/>
     <hyperlink ref="G616" r:id="rId615"/>
     <hyperlink ref="G617" r:id="rId616"/>
     <hyperlink ref="G618" r:id="rId617"/>
     <hyperlink ref="G619" r:id="rId618"/>
+    <hyperlink ref="G620" r:id="rId619"/>
+    <hyperlink ref="G621" r:id="rId620"/>
+    <hyperlink ref="G622" r:id="rId621"/>
+    <hyperlink ref="G623" r:id="rId622"/>
+    <hyperlink ref="G624" r:id="rId623"/>
+    <hyperlink ref="G625" r:id="rId624"/>
+    <hyperlink ref="G626" r:id="rId625"/>
+    <hyperlink ref="G627" r:id="rId626"/>
+    <hyperlink ref="G628" r:id="rId627"/>
+    <hyperlink ref="G629" r:id="rId628"/>
+    <hyperlink ref="G630" r:id="rId629"/>
+    <hyperlink ref="G631" r:id="rId630"/>
+    <hyperlink ref="G632" r:id="rId631"/>
+    <hyperlink ref="G633" r:id="rId632"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>